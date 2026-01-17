--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="374" uniqueCount="197">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -249,65 +249,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>30/06/2022 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
   </si>
   <si>
     <t>p_3346155</t>
   </si>
   <si>
     <t>Myosite à inclusions sporadique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
   </si>
   <si>
     <t>p_3295071</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
   </si>
   <si>
     <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
   </si>
   <si>
     <t>01/09/2003 00:00:00</t>
   </si>
   <si>
     <t>01/09/2003 09:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
@@ -775,51 +760,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1065,985 +1050,959 @@
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>69</v>
       </c>
       <c r="C11" t="s">
         <v>70</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>71</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>72</v>
       </c>
       <c r="H11" t="s">
         <v>73</v>
-      </c>
-[...24 lines deleted...]
-        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>79</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>86</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>87</v>
-      </c>
-[...16 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+      <c r="I2" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I3" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+      <c r="I4" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>110</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>111</v>
+      </c>
+      <c r="H5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I5" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>115</v>
+      </c>
+      <c r="H6" t="s">
+        <v>116</v>
+      </c>
+      <c r="I6" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>118</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H7" t="s">
+        <v>120</v>
+      </c>
+      <c r="I7" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>95</v>
+      </c>
+      <c r="B8" t="s">
+        <v>121</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>122</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>123</v>
+      </c>
+      <c r="H8" t="s">
+        <v>124</v>
+      </c>
+      <c r="I8" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B9" t="s">
+        <v>125</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>126</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>127</v>
+      </c>
+      <c r="H9" t="s">
+        <v>128</v>
+      </c>
+      <c r="I9" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>95</v>
+      </c>
+      <c r="B10" t="s">
+        <v>129</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>130</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>131</v>
+      </c>
+      <c r="H10" t="s">
+        <v>132</v>
+      </c>
+      <c r="I10" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>133</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>134</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>135</v>
+      </c>
+      <c r="H11" t="s">
+        <v>136</v>
+      </c>
+      <c r="I11" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>137</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>138</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>139</v>
+      </c>
+      <c r="H12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I12" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>141</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>142</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>143</v>
+      </c>
+      <c r="H13" t="s">
+        <v>144</v>
+      </c>
+      <c r="I13" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>145</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>142</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>146</v>
+      </c>
+      <c r="H14" t="s">
+        <v>147</v>
+      </c>
+      <c r="I14" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>149</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>150</v>
+      </c>
+      <c r="H15" t="s">
+        <v>151</v>
+      </c>
+      <c r="I15" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" t="s">
+        <v>152</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>153</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>154</v>
+      </c>
+      <c r="H16" t="s">
+        <v>155</v>
+      </c>
+      <c r="I16" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" t="s">
+        <v>156</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>157</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>158</v>
+      </c>
+      <c r="H17" t="s">
+        <v>159</v>
+      </c>
+      <c r="I17" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>161</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>162</v>
+      </c>
+      <c r="H18" t="s">
+        <v>163</v>
+      </c>
+      <c r="I18" t="s">
         <v>100</v>
-      </c>
-[...22 lines deleted...]
-        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D2" t="s">
+        <v>167</v>
+      </c>
+      <c r="E2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>169</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D3" t="s">
+        <v>173</v>
+      </c>
+      <c r="E3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H3" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="J1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="K1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" t="s">
+        <v>184</v>
+      </c>
+      <c r="I2" t="s">
         <v>185</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>186</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>187</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>188</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>189</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>192</v>
+      </c>
+      <c r="H3" t="s">
+        <v>193</v>
+      </c>
+      <c r="I3" t="s">
         <v>185</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>194</v>
+      </c>
+      <c r="K3" t="s">
         <v>195</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>