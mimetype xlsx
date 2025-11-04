--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,289 +1,733 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="202">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
+  </si>
+  <si>
+    <t>Quatre immunosuppresseurs peuvent être utilisés en France dans la sclérose en plaques récurrente (SEP-R) très active associée ou non à une progression du handicap : le natalizumab (TYSABRI), le fingolimod (GILENYA), l’ocrelizumab (OCREVUS) et la mitoxantrone (ELSEP – NOVANTRONE et génériques). Ces spécialités font toutes l’objet d’un plan de gestion des risques.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067012/fr/medicaments-utilises-dans-les-formes-tres-actives-de-sclerose-en-plaques-recurrente</t>
+  </si>
+  <si>
+    <t>p_3067012</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>13/09/2019 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111699/fr/college-deliberatif-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3111699</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>06/06/2019 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973304/fr/college-deliberatif-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2015</t>
+  </si>
+  <si>
+    <t>17/12/2015 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580096/fr/commission-de-la-transparence-reunion-du-16-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2580096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2015</t>
+  </si>
+  <si>
+    <t>18/09/2015 13:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060953/fr/commission-de-la-transparence-reunion-du-23-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2060953</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 mars 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744736/fr/ceesp-reunion-du-11-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1744736</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 avril 2014</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745322/fr/ceesp-reunion-du-15-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1745322</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2014</t>
+  </si>
+  <si>
+    <t>01/04/2014 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730710/fr/commission-de-la-transparence-reunion-du-2-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1730710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 septembre 2008</t>
+  </si>
+  <si>
+    <t>03/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_687230/fr/commission-de-la-transparence-reunion-du-3-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_687230</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0341/DC/SEM du 16 décembre 2021 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité LEUKOTAC (Inolimomab)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament LEUKOTAC, dans l'indication « chez l'adulte et chez l'enfant à partir de 28 jours, dans le traitement de la maladie du greffon contre l’hôte aiguë cortico-résistante ou corticodépendante de grade II à IV après transplantation de cellules souches hématopoïétiques allogéniques ».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 17:07:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305404/fr/decision-n-2021-0341/dc/sem-du-16-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-leukotac-inolimomab</t>
+  </si>
+  <si>
+    <t>p_3305404</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0037/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité  POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité POTELIGEO (mogamulizumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : « les patients adultes atteints de mycosis fongoïde de stade IA qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades IB-II transformé ou non transformé réfractaire qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades III-IV transformé y compris le syndrome de Sézary qui ont reçu au moins un traitement systémique antérieur » Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/08/2019 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086208/fr/avis-n-2019-0037/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3086208</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LEMTRADA (alemtuzumab)</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/fr/lemtrada-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2983077</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2804109/fr/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/fr/lemtrada-alemtuzumab-immunosuppresseur-selectif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/fr/lemtrada-alemtuzumab</t>
   </si>
   <si>
     <t>MABCAMPATH (alemtuzumab)</t>
   </si>
   <si>
-    <t>09/17/2009 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2986051/en/mabcampath-alemtuzumab</t>
+    <t>17/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986051/fr/mabcampath-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2986051</t>
   </si>
   <si>
     <t>BAYER SANTE – Division Bayer Schering Pharma</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399301/en/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_700500/en/mabcampath</t>
+    <t>https://www.has-sante.fr/jcms/c_399301/fr/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700500/fr/mabcampath-alemtuzumab-anticorps-monoclonal-alemtuzumab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -297,369 +741,1309 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>77</v>
+      </c>
+      <c r="H12" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>87</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H3" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+      <c r="I2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
+      <c r="I3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>111</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>112</v>
+      </c>
+      <c r="H4" t="s">
+        <v>113</v>
+      </c>
+      <c r="I4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>115</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>100</v>
+      </c>
+      <c r="B6" t="s">
+        <v>118</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>120</v>
+      </c>
+      <c r="H6" t="s">
+        <v>121</v>
+      </c>
+      <c r="I6" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>100</v>
+      </c>
+      <c r="B7" t="s">
+        <v>122</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>123</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>124</v>
+      </c>
+      <c r="H7" t="s">
+        <v>125</v>
+      </c>
+      <c r="I7" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>100</v>
+      </c>
+      <c r="B8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>127</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>128</v>
+      </c>
+      <c r="H8" t="s">
+        <v>129</v>
+      </c>
+      <c r="I8" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>100</v>
+      </c>
+      <c r="B9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>131</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>132</v>
+      </c>
+      <c r="H9" t="s">
+        <v>133</v>
+      </c>
+      <c r="I9" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>100</v>
+      </c>
+      <c r="B10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>135</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>136</v>
+      </c>
+      <c r="H10" t="s">
+        <v>137</v>
+      </c>
+      <c r="I10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>138</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>139</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>140</v>
+      </c>
+      <c r="H11" t="s">
+        <v>141</v>
+      </c>
+      <c r="I11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>142</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>143</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>144</v>
+      </c>
+      <c r="H12" t="s">
+        <v>145</v>
+      </c>
+      <c r="I12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>146</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>147</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>148</v>
+      </c>
+      <c r="H13" t="s">
+        <v>149</v>
+      </c>
+      <c r="I13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>150</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>147</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>151</v>
+      </c>
+      <c r="H14" t="s">
+        <v>152</v>
+      </c>
+      <c r="I14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>153</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>154</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>155</v>
+      </c>
+      <c r="H15" t="s">
+        <v>156</v>
+      </c>
+      <c r="I15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B16" t="s">
+        <v>157</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>158</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>159</v>
+      </c>
+      <c r="H16" t="s">
+        <v>160</v>
+      </c>
+      <c r="I16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>161</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>162</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>163</v>
+      </c>
+      <c r="H17" t="s">
+        <v>164</v>
+      </c>
+      <c r="I17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>167</v>
+      </c>
+      <c r="H18" t="s">
+        <v>168</v>
+      </c>
+      <c r="I18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C3" t="s">
+        <v>177</v>
+      </c>
+      <c r="D3" t="s">
+        <v>178</v>
+      </c>
+      <c r="E3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>36</v>
+        <v>182</v>
       </c>
       <c r="J1" t="s">
-        <v>37</v>
+        <v>183</v>
       </c>
       <c r="K1" t="s">
-        <v>38</v>
+        <v>184</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="I2" t="s">
-        <v>44</v>
+        <v>190</v>
       </c>
       <c r="J2" t="s">
-        <v>45</v>
+        <v>191</v>
       </c>
       <c r="K2" t="s">
-        <v>46</v>
+        <v>192</v>
       </c>
       <c r="L2" t="s">
-        <v>47</v>
+        <v>193</v>
       </c>
       <c r="M2" t="s">
-        <v>48</v>
+        <v>194</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>196</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>51</v>
+        <v>197</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
+        <v>198</v>
       </c>
       <c r="I3" t="s">
-        <v>44</v>
+        <v>190</v>
       </c>
       <c r="J3" t="s">
-        <v>53</v>
+        <v>199</v>
       </c>
       <c r="K3" t="s">
-        <v>54</v>
+        <v>200</v>
       </c>
       <c r="L3" t="s">
-        <v>55</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>