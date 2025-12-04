--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,152 +1,230 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/01/2005 16:52:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ALFENTANIL KALCEKS (alfentanil)</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148182/fr/alfentanil-kalceks-alfentanil</t>
+  </si>
+  <si>
+    <t>p_3148182</t>
+  </si>
+  <si>
+    <t>alfentanil</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147425/fr/alfentanil-kalceks-alfentanil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +249,253 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>19</v>
+      </c>
+      <c r="H2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>