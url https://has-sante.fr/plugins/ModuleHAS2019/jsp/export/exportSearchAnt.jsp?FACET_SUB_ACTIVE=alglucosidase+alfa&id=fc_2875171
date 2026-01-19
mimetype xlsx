--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
     <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="91">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -209,69 +209,60 @@
   <si>
     <t>31/10/2024 16:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554747/fr/decision-n2024-0298/dc/sem-du-24-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-nexviadyme-avalglucosidase-alfa</t>
   </si>
   <si>
     <t>p_3554747</t>
   </si>
   <si>
     <t>Décision n°2023.0376/DC/SEM du 5 octobre 2023 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité NEXVIADYME</t>
   </si>
   <si>
     <t>05/10/2023 09:39:00</t>
   </si>
   <si>
     <t>12/10/2023 09:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467378/fr/decision-n2023-0376/dc/sem-du-5-octobre-2023-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-nexviadyme</t>
   </si>
   <si>
     <t>p_3467378</t>
   </si>
   <si>
-    <t>Décision n°2023.0296/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité OPFOLDA</t>
+    <t>Décision n°2023.0297/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité POMBILITI</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée aux spécialités POMBILITI (cipaglucosidase alfa) et OPFOLDA (miglustat) dans l'indication « POMBILITI (cipaglucosidase alfa) en association avec OPFOLDA (miglustat) est indiqué dans le traitement à long terme des patients adultes atteints de la forme tardive de la maladie de Pompe (déficit en α-glucosidase acide [GAA]) en cas d’échec à un traitement enzymatique substitutif ».</t>
   </si>
   <si>
     <t>27/07/2023 09:39:00</t>
   </si>
   <si>
     <t>03/08/2023 10:17:33</t>
-  </si>
-[...7 lines deleted...]
-    <t>Décision n°2023.0297/DC/SEM du 27 juillet 2023 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité POMBILITI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456857/fr/decision-n2023-0297/dc/sem-du-27-juillet-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-pombiliti</t>
   </si>
   <si>
     <t>p_3456857</t>
   </si>
   <si>
     <t>Décision n 2022.0330/DC/SEM du 29 septembre 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité NEXVIADYME</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce octroyée à la spécialité NEXVIADYME (avalglucosidase alfa) dans l'indication « traitement des patients adultes et pédiatriques atteints de la maladie de Pompe (déficit en α-glucosidase acide) en cas d’échec à l’alglucosidase alfa ».</t>
   </si>
   <si>
     <t>29/09/2022 09:39:00</t>
   </si>
   <si>
     <t>14/10/2022 12:48:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374102/fr/decision-n-2022-0330/dc/sem-du-29-septembre-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-nexviadyme</t>
   </si>
   <si>
     <t>p_3374102</t>
   </si>
@@ -662,51 +653,51 @@
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
       <c r="I8" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -806,186 +797,160 @@
       </c>
       <c r="D5" t="s">
         <v>65</v>
       </c>
       <c r="E5" t="s">
         <v>66</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>67</v>
       </c>
       <c r="H5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>69</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="D6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="E6" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
-[...12 lines deleted...]
-      <c r="D7" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="J1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="K1" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>81</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>82</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>83</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="J2" t="s">
         <v>84</v>
       </c>
-      <c r="H2" t="s">
+      <c r="K2" t="s">
         <v>85</v>
       </c>
-      <c r="I2" t="s">
+      <c r="L2" t="s">
         <v>86</v>
       </c>
-      <c r="J2" t="s">
+      <c r="M2" t="s">
         <v>87</v>
       </c>
-      <c r="K2" t="s">
+      <c r="N2" t="s">
         <v>88</v>
       </c>
-      <c r="L2" t="s">
+      <c r="O2" t="s">
         <v>89</v>
       </c>
-      <c r="M2" t="s">
+      <c r="P2" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>