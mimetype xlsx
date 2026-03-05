--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,956 +1,267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>MYOZYME (alpha-alglucosidase)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/08/2016 13:34:00</t>
-[...206 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983670/fr/myozyme-alglucosidase-alfa</t>
+    <t>03/04/2024 09:10:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983670/en/myozyme-alpha-alglucosidase</t>
   </si>
   <si>
     <t>pprd_2983670</t>
   </si>
   <si>
     <t>alglucosidase alfa</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_446700/fr/myozyme-alpha-alglucosidase</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498146/fr/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
+    <t>https://www.has-sante.fr/jcms/c_446700/en/myozyme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967981/en/myozyme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359745/en/myozyme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754216/en/myozyme-alglucosidase-alpha-enzyme-replacement-therapy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301137/en/myozyme-50-mg-alglucosidase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498146/en/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...46 lines deleted...]
-      <c r="A2" t="s">
         <v>16</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>20</v>
       </c>
-      <c r="I2" t="s">
+      <c r="M2" t="s">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="N2" t="s">
         <v>22</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O2" t="s">
         <v>23</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="P2" t="s">
         <v>24</v>
-      </c>
-[...418 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>