--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -18,92 +18,107 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="175">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>DRESS de l’adulte et de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3557694</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
@@ -578,982 +593,1008 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>39</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>40</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" t="s">
         <v>49</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>51</v>
       </c>
       <c r="H9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="s">
         <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>56</v>
       </c>
       <c r="H10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>60</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>61</v>
       </c>
       <c r="H11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>65</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>66</v>
       </c>
       <c r="H12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>68</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>70</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>71</v>
       </c>
       <c r="H13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="s">
         <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>75</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>76</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>80</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>81</v>
       </c>
       <c r="H15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
       <c r="C16" t="s">
         <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>85</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>86</v>
       </c>
       <c r="H16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17" t="s">
         <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>90</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>91</v>
       </c>
       <c r="H17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18" t="s">
         <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>95</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>96</v>
       </c>
       <c r="H18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>98</v>
       </c>
       <c r="C19" t="s">
         <v>99</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>100</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>101</v>
       </c>
       <c r="H19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>103</v>
       </c>
       <c r="C20" t="s">
         <v>104</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>105</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>106</v>
       </c>
       <c r="H20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>108</v>
       </c>
       <c r="C21" t="s">
         <v>109</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>110</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>111</v>
       </c>
       <c r="H21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>113</v>
       </c>
       <c r="C22" t="s">
         <v>114</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>115</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>116</v>
       </c>
       <c r="H22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>118</v>
       </c>
       <c r="C23" t="s">
         <v>119</v>
       </c>
       <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
         <v>120</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>121</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" t="s">
         <v>124</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E24" t="s">
         <v>126</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>127</v>
       </c>
       <c r="H24" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
         <v>131</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>132</v>
       </c>
       <c r="H25" t="s">
         <v>133</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" t="s">
+        <v>125</v>
+      </c>
+      <c r="E26" t="s">
+        <v>136</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>137</v>
+      </c>
+      <c r="H26" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="E2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="I3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="J1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="K1" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="I2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="J2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="K2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="L2" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="M2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>