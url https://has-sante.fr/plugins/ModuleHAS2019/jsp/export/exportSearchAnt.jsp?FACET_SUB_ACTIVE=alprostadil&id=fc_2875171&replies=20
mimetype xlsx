--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,237 +1,942 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="90">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mai 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086199/fr/commission-de-la-transparence-reunion-du-22-mai-2019</t>
+  </si>
+  <si>
+    <t>p_3086199</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2019</t>
+  </si>
+  <si>
+    <t>12/07/2019 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069094/fr/commission-de-la-transparence-reunion-du-17-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3069094</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2014</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748274/fr/commission-de-la-transparence-reunion-du-25-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1748274</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CAVERJECT (alprostadil)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983627/fr/caverject-alprostadil</t>
+  </si>
+  <si>
+    <t>pprd_2983627</t>
+  </si>
+  <si>
+    <t>alprostadil</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398852/fr/caverject-10g/ml-lyophilisat-et-solution-pour-usage-parenteral-lyophilisat-en-flacon-et-solution-en-seringue-pre-remplie-avec-2-aiguilles-boite-de-1-caverject-20g/ml-lyophilisat-et-solution-pour-usage-parenteral-lyophilisat-en-flacon-et-solution-en-seringue-pre-remplie-avec-2-aiguilles-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598110/fr/caverject-alprostadil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735567/fr/caverject-caverjectdual-alprostadil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762891/fr/caverject-alprostadil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400296/fr/caverjectdual-10-microgrammes/0-5-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-2-cartouches-bicompartimentees-caverjectdual-20-microgrammes/0-5-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-2-cartouches-bicompartimentees</t>
+  </si>
+  <si>
+    <t>EDEX (alprostadil (ou prostaglandine E1))</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984011/fr/edex-alprostadil-ou-prostaglandine-e1</t>
+  </si>
+  <si>
+    <t>pprd_2984011</t>
+  </si>
+  <si>
+    <t>alprostadil (ou prostaglandine E1)</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_440949/fr/edex-alprostadil-ou-prostaglandine-e1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996890/fr/edex-alprostadil-ou-prostaglandine-e1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658588/fr/edex-alprostadil-ou-prostaglandine-e1</t>
   </si>
   <si>
     <t>VITAROS (alprostadil)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984580/en/vitaros-alprostadil</t>
+    <t>03/06/2015 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984580/fr/vitaros-alprostadil</t>
   </si>
   <si>
     <t>pprd_2984580</t>
   </si>
   <si>
-    <t>alprostadil</t>
-[...1 lines deleted...]
-  <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2024189/en/vitaros-cream-alprostadil-medicine-used-to-treat-erectile-dysfunction</t>
+    <t>https://www.has-sante.fr/jcms/c_2024189/fr/vitaros-creme-alprostadil-medicament-utilise-dans-les-troubles-de-l-erection</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Protocole de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>L’enjeu des protocoles de coopération entre professionnels de santé est de proposer une offre de soins élargie, de réduire les délais d’accès à une prise en charge en optimisant les parcours de soins, et ainsi apporter une réponse aux attentes des patients comme des professionnels.</t>
+  </si>
+  <si>
+    <t>04/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_978700/fr/protocole-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_978700</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J1" t="s">
+        <v>50</v>
+      </c>
+      <c r="K1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>59</v>
+      </c>
+      <c r="L2" t="s">
+        <v>60</v>
+      </c>
+      <c r="M2" t="s">
+        <v>61</v>
+      </c>
+      <c r="N2" t="s">
+        <v>62</v>
+      </c>
+      <c r="O2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I3" t="s">
+        <v>68</v>
+      </c>
+      <c r="J3" t="s">
+        <v>69</v>
+      </c>
+      <c r="K3" t="s">
+        <v>70</v>
+      </c>
+      <c r="L3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I4" t="s">
+        <v>57</v>
+      </c>
+      <c r="J4" t="s">
+        <v>77</v>
+      </c>
+      <c r="K4" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>