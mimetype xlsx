--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -12,118 +12,139 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1233" uniqueCount="738">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="755">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>LUNARIS ESSENTIAL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>25/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752619/fr/lunaris-essential</t>
+  </si>
+  <si>
+    <t>p_3752619</t>
+  </si>
+  <si>
+    <t>Pied prothétique avec articulation de cheville</t>
+  </si>
+  <si>
+    <t>AXILES BIONICS BV</t>
+  </si>
+  <si>
     <t>RHEO KNEE XC</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>29/04/2025 16:26:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601854/fr/rheo-knee-xc</t>
   </si>
   <si>
     <t>p_3601854</t>
   </si>
   <si>
     <t>Genou monoaxial, à articulation commandée  par microprocesseur et fluide  magnétorhéologique</t>
   </si>
   <si>
     <t>ÖSSUR FRANCE</t>
   </si>
   <si>
     <t>ROTATEUR 4R57</t>
   </si>
   <si>
     <t>10/09/2024 00:00:00</t>
   </si>
   <si>
     <t>16/10/2024 08:59:00</t>
@@ -1019,50 +1040,224 @@
   <si>
     <t>c_398739</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
   </si>
   <si>
     <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
   </si>
   <si>
     <t>04/06/2008 00:00:00</t>
   </si>
   <si>
     <t>26/03/2009 11:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_759760</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
   </si>
   <si>
     <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
   </si>
   <si>
     <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
@@ -1307,194 +1502,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Vaccination contre le virus de l’hépatite B</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
   </si>
   <si>
     <t>02/10/2003 00:00:00</t>
   </si>
   <si>
     <t>02/10/2003 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_272257</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...142 lines deleted...]
-  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
   </si>
   <si>
     <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
   </si>
   <si>
     <t>11/07/2017 00:00:00</t>
   </si>
   <si>
     <t>09/10/2017 10:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
     <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
   </si>
   <si>
     <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
@@ -1817,51 +1868,51 @@
   <si>
     <t>p_3221567</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
   </si>
   <si>
     <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>28/01/2025 10:58:00</t>
   </si>
@@ -2303,51 +2354,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J54"/>
+  <dimension ref="A1:J55"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2445,197 +2496,197 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
       <c r="I4" t="s">
         <v>31</v>
       </c>
       <c r="J4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I6" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="J6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
       <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
         <v>48</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>49</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>50</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>51</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>52</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I8" t="s">
         <v>55</v>
       </c>
-      <c r="F8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I9" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>66</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>67</v>
       </c>
       <c r="E10" t="s">
         <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
@@ -2658,176 +2709,176 @@
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>75</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>76</v>
       </c>
       <c r="H11" t="s">
         <v>77</v>
       </c>
       <c r="I11" t="s">
         <v>78</v>
       </c>
       <c r="J11" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J12" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>86</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>88</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>89</v>
       </c>
       <c r="H13" t="s">
         <v>90</v>
       </c>
       <c r="I13" t="s">
         <v>91</v>
       </c>
       <c r="J13" t="s">
-        <v>25</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I14" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="J14" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+      <c r="I15" t="s">
         <v>98</v>
-      </c>
-[...19 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J15" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>105</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>106</v>
       </c>
       <c r="E16" t="s">
         <v>107</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
@@ -2850,3609 +2901,3693 @@
       <c r="B17" t="s">
         <v>112</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>113</v>
       </c>
       <c r="E17" t="s">
         <v>114</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>115</v>
       </c>
       <c r="H17" t="s">
         <v>116</v>
       </c>
       <c r="I17" t="s">
         <v>117</v>
       </c>
       <c r="J17" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J18" t="s">
-        <v>124</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>125</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>126</v>
       </c>
       <c r="E19" t="s">
         <v>127</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>128</v>
       </c>
       <c r="H19" t="s">
         <v>129</v>
       </c>
       <c r="I19" t="s">
         <v>130</v>
       </c>
       <c r="J19" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J20" t="s">
-        <v>137</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>138</v>
       </c>
       <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
         <v>139</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>140</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>141</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>142</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="J21" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>148</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H22" t="s">
+        <v>150</v>
+      </c>
+      <c r="I22" t="s">
         <v>146</v>
       </c>
-      <c r="E22" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="C23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>154</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>155</v>
+      </c>
+      <c r="H23" t="s">
+        <v>156</v>
+      </c>
+      <c r="I23" t="s">
         <v>152</v>
       </c>
-      <c r="E23" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>158</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>161</v>
+      </c>
+      <c r="H24" t="s">
+        <v>162</v>
+      </c>
+      <c r="I24" t="s">
         <v>158</v>
       </c>
-      <c r="F24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>25</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>161</v>
+        <v>54</v>
       </c>
       <c r="C25" t="s">
-        <v>162</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I25" t="s">
-        <v>162</v>
+        <v>55</v>
       </c>
       <c r="J25" t="s">
-        <v>167</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>168</v>
       </c>
       <c r="C26" t="s">
         <v>169</v>
       </c>
       <c r="D26" t="s">
         <v>170</v>
       </c>
       <c r="E26" t="s">
         <v>171</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>172</v>
       </c>
       <c r="H26" t="s">
         <v>173</v>
       </c>
       <c r="I26" t="s">
         <v>169</v>
       </c>
       <c r="J26" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>175</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>176</v>
       </c>
       <c r="D27" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E27" t="s">
+        <v>178</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>179</v>
+      </c>
+      <c r="H27" t="s">
+        <v>180</v>
+      </c>
+      <c r="I27" t="s">
         <v>176</v>
       </c>
-      <c r="F27" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>180</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>182</v>
       </c>
       <c r="E28" t="s">
         <v>183</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>184</v>
       </c>
       <c r="H28" t="s">
         <v>185</v>
       </c>
       <c r="I28" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="J28" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>187</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>190</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>191</v>
+      </c>
+      <c r="H29" t="s">
+        <v>192</v>
+      </c>
+      <c r="I29" t="s">
         <v>188</v>
       </c>
-      <c r="E29" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>144</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E30" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H30" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I30" t="s">
         <v>12</v>
       </c>
       <c r="J30" t="s">
-        <v>197</v>
+        <v>151</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I31" t="s">
         <v>12</v>
       </c>
       <c r="J31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E32" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H32" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="I32" t="s">
         <v>12</v>
       </c>
       <c r="J32" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
+        <v>211</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>206</v>
+      </c>
+      <c r="E33" t="s">
         <v>207</v>
       </c>
-      <c r="C33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="H33" t="s">
+        <v>213</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="E34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H34" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I34" t="s">
         <v>12</v>
       </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E35" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I35" t="s">
         <v>12</v>
       </c>
       <c r="J35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C36" t="s">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="E36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H36" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I36" t="s">
         <v>12</v>
       </c>
       <c r="J36" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
-        <v>12</v>
+        <v>232</v>
       </c>
       <c r="D37" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="E37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I37" t="s">
         <v>12</v>
       </c>
       <c r="J37" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H38" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I38" t="s">
         <v>12</v>
       </c>
       <c r="J38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H39" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I39" t="s">
         <v>12</v>
       </c>
       <c r="J39" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C40" t="s">
-        <v>249</v>
+        <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>250</v>
       </c>
       <c r="E40" t="s">
         <v>251</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>252</v>
       </c>
       <c r="H40" t="s">
         <v>253</v>
       </c>
       <c r="I40" t="s">
         <v>12</v>
       </c>
       <c r="J40" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>255</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>256</v>
       </c>
       <c r="D41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H41" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I41" t="s">
         <v>12</v>
       </c>
       <c r="J41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E42" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H42" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I42" t="s">
         <v>12</v>
       </c>
       <c r="J42" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E43" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H43" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I43" t="s">
         <v>12</v>
       </c>
       <c r="J43" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>10</v>
       </c>
       <c r="B44" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E44" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H44" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I44" t="s">
         <v>12</v>
       </c>
       <c r="J44" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E45" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="H45" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="I45" t="s">
         <v>12</v>
       </c>
       <c r="J45" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E46" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H46" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I46" t="s">
         <v>12</v>
       </c>
       <c r="J46" t="s">
-        <v>211</v>
+        <v>287</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E47" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="H47" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="I47" t="s">
         <v>12</v>
       </c>
       <c r="J47" t="s">
-        <v>289</v>
+        <v>218</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E48" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H48" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="I48" t="s">
         <v>12</v>
       </c>
       <c r="J48" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="E49" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="H49" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="I49" t="s">
         <v>12</v>
       </c>
       <c r="J49" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
+        <v>301</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
         <v>297</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H50" t="s">
+        <v>303</v>
+      </c>
+      <c r="I50" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E51" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H51" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I51" t="s">
         <v>12</v>
       </c>
       <c r="J51" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E52" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H52" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="I52" t="s">
         <v>12</v>
       </c>
       <c r="J52" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E53" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H53" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I53" t="s">
         <v>12</v>
       </c>
       <c r="J53" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
-        <v>255</v>
+        <v>319</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
+        <v>320</v>
+      </c>
+      <c r="E54" t="s">
+        <v>320</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>321</v>
+      </c>
+      <c r="H54" t="s">
+        <v>322</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>262</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>274</v>
+      </c>
+      <c r="E55" t="s">
+        <v>274</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>324</v>
+      </c>
+      <c r="H55" t="s">
+        <v>325</v>
+      </c>
+      <c r="I55" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" t="s">
         <v>267</v>
-      </c>
-[...16 lines deleted...]
-        <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>659</v>
+        <v>676</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>660</v>
+        <v>677</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B2" t="s">
-        <v>662</v>
+        <v>679</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>664</v>
+        <v>681</v>
       </c>
       <c r="H2" t="s">
-        <v>665</v>
+        <v>682</v>
       </c>
       <c r="I2" t="s">
-        <v>666</v>
+        <v>683</v>
       </c>
       <c r="J2" t="s">
-        <v>667</v>
+        <v>684</v>
       </c>
       <c r="K2" t="s">
-        <v>668</v>
+        <v>685</v>
       </c>
       <c r="L2" t="s">
-        <v>669</v>
+        <v>686</v>
       </c>
       <c r="M2" t="s">
-        <v>670</v>
+        <v>687</v>
       </c>
       <c r="N2" t="s">
-        <v>671</v>
+        <v>688</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B3" t="s">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>673</v>
+        <v>690</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>674</v>
+        <v>691</v>
       </c>
       <c r="H3" t="s">
-        <v>675</v>
+        <v>692</v>
       </c>
       <c r="I3" t="s">
-        <v>676</v>
+        <v>693</v>
       </c>
       <c r="J3" t="s">
-        <v>667</v>
+        <v>684</v>
       </c>
       <c r="K3" t="s">
-        <v>677</v>
+        <v>694</v>
       </c>
       <c r="L3" t="s">
-        <v>678</v>
+        <v>695</v>
       </c>
       <c r="M3" t="s">
-        <v>679</v>
+        <v>696</v>
       </c>
       <c r="N3" t="s">
-        <v>680</v>
+        <v>697</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B4" t="s">
-        <v>681</v>
+        <v>698</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="H4" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="I4" t="s">
-        <v>685</v>
+        <v>702</v>
       </c>
       <c r="J4" t="s">
-        <v>686</v>
+        <v>703</v>
       </c>
       <c r="K4" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="L4" t="s">
-        <v>688</v>
+        <v>705</v>
       </c>
       <c r="M4" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="N4" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B5" t="s">
-        <v>691</v>
+        <v>708</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>692</v>
+        <v>709</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>693</v>
+        <v>710</v>
       </c>
       <c r="H5" t="s">
-        <v>694</v>
+        <v>711</v>
       </c>
       <c r="I5" t="s">
-        <v>695</v>
+        <v>712</v>
       </c>
       <c r="J5" t="s">
-        <v>696</v>
+        <v>713</v>
       </c>
       <c r="K5" t="s">
-        <v>697</v>
+        <v>714</v>
       </c>
       <c r="L5" t="s">
-        <v>698</v>
+        <v>715</v>
       </c>
       <c r="M5" t="s">
-        <v>699</v>
+        <v>716</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B6" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>701</v>
+        <v>718</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>702</v>
+        <v>719</v>
       </c>
       <c r="H6" t="s">
-        <v>703</v>
+        <v>720</v>
       </c>
       <c r="I6" t="s">
-        <v>704</v>
+        <v>721</v>
       </c>
       <c r="J6" t="s">
-        <v>705</v>
+        <v>722</v>
       </c>
       <c r="K6" t="s">
-        <v>706</v>
+        <v>723</v>
       </c>
       <c r="L6" t="s">
-        <v>707</v>
+        <v>724</v>
       </c>
       <c r="M6" t="s">
-        <v>708</v>
+        <v>725</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B7" t="s">
-        <v>709</v>
+        <v>726</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>710</v>
+        <v>727</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>711</v>
+        <v>728</v>
       </c>
       <c r="H7" t="s">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="I7" t="s">
-        <v>713</v>
+        <v>730</v>
       </c>
       <c r="J7" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="K7" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="L7" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="M7" t="s">
-        <v>717</v>
+        <v>734</v>
       </c>
       <c r="N7" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="B8" t="s">
-        <v>719</v>
+        <v>736</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
       <c r="H8" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="I8" t="s">
-        <v>723</v>
+        <v>740</v>
       </c>
       <c r="J8" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
       <c r="K8" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
       <c r="L8" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="B2" t="s">
-        <v>728</v>
+        <v>745</v>
       </c>
       <c r="C2" t="s">
-        <v>729</v>
+        <v>746</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>730</v>
+        <v>747</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="H2" t="s">
-        <v>732</v>
+        <v>749</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="B3" t="s">
-        <v>733</v>
+        <v>750</v>
       </c>
       <c r="C3" t="s">
-        <v>734</v>
+        <v>751</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>735</v>
+        <v>752</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>736</v>
+        <v>753</v>
       </c>
       <c r="H3" t="s">
-        <v>737</v>
+        <v>754</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B2" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="C2" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="D2" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="E2" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="H2" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>333</v>
+      </c>
+      <c r="B2" t="s">
+        <v>334</v>
+      </c>
+      <c r="C2" t="s">
+        <v>335</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>336</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>337</v>
+      </c>
+      <c r="H2" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>342</v>
+      </c>
+      <c r="H3" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>333</v>
+      </c>
+      <c r="B4" t="s">
+        <v>344</v>
+      </c>
+      <c r="C4" t="s">
+        <v>345</v>
+      </c>
+      <c r="D4" t="s">
+        <v>346</v>
+      </c>
+      <c r="E4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>348</v>
+      </c>
+      <c r="H4" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>333</v>
+      </c>
+      <c r="B5" t="s">
+        <v>350</v>
+      </c>
+      <c r="C5" t="s">
+        <v>351</v>
+      </c>
+      <c r="D5" t="s">
+        <v>352</v>
+      </c>
+      <c r="E5" t="s">
+        <v>353</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>354</v>
+      </c>
+      <c r="H5" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>333</v>
+      </c>
+      <c r="B6" t="s">
+        <v>356</v>
+      </c>
+      <c r="C6" t="s">
+        <v>357</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>358</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>359</v>
+      </c>
+      <c r="H6" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>333</v>
+      </c>
+      <c r="B7" t="s">
+        <v>361</v>
+      </c>
+      <c r="C7" t="s">
+        <v>362</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>363</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>364</v>
+      </c>
+      <c r="H7" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>333</v>
+      </c>
+      <c r="B8" t="s">
+        <v>366</v>
+      </c>
+      <c r="C8" t="s">
+        <v>367</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>368</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>369</v>
+      </c>
+      <c r="H8" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>333</v>
+      </c>
+      <c r="B9" t="s">
+        <v>371</v>
+      </c>
+      <c r="C9" t="s">
+        <v>372</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>373</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>374</v>
+      </c>
+      <c r="H9" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>333</v>
+      </c>
+      <c r="B10" t="s">
+        <v>376</v>
+      </c>
+      <c r="C10" t="s">
+        <v>377</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>378</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>379</v>
+      </c>
+      <c r="H10" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B11" t="s">
+        <v>381</v>
+      </c>
+      <c r="C11" t="s">
+        <v>382</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>383</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>384</v>
+      </c>
+      <c r="H11" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>333</v>
+      </c>
+      <c r="B12" t="s">
+        <v>386</v>
+      </c>
+      <c r="C12" t="s">
+        <v>387</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>388</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>389</v>
+      </c>
+      <c r="H12" t="s">
+        <v>390</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B2" t="s">
-        <v>327</v>
+        <v>392</v>
       </c>
       <c r="C2" t="s">
-        <v>328</v>
+        <v>393</v>
       </c>
       <c r="D2" t="s">
-        <v>329</v>
+        <v>394</v>
       </c>
       <c r="E2" t="s">
-        <v>330</v>
+        <v>395</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>331</v>
+        <v>396</v>
       </c>
       <c r="H2" t="s">
-        <v>332</v>
+        <v>397</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B3" t="s">
-        <v>333</v>
+        <v>398</v>
       </c>
       <c r="C3" t="s">
-        <v>334</v>
+        <v>399</v>
       </c>
       <c r="D3" t="s">
-        <v>335</v>
+        <v>400</v>
       </c>
       <c r="E3" t="s">
-        <v>336</v>
+        <v>401</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>337</v>
+        <v>402</v>
       </c>
       <c r="H3" t="s">
-        <v>338</v>
+        <v>403</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B4" t="s">
-        <v>339</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>340</v>
+        <v>405</v>
       </c>
       <c r="E4" t="s">
-        <v>341</v>
+        <v>406</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>342</v>
+        <v>407</v>
       </c>
       <c r="H4" t="s">
-        <v>343</v>
+        <v>408</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B5" t="s">
-        <v>344</v>
+        <v>409</v>
       </c>
       <c r="C5" t="s">
-        <v>345</v>
+        <v>410</v>
       </c>
       <c r="D5" t="s">
-        <v>346</v>
+        <v>411</v>
       </c>
       <c r="E5" t="s">
-        <v>347</v>
+        <v>412</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>348</v>
+        <v>413</v>
       </c>
       <c r="H5" t="s">
-        <v>349</v>
+        <v>414</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B6" t="s">
-        <v>350</v>
+        <v>415</v>
       </c>
       <c r="C6" t="s">
-        <v>351</v>
+        <v>416</v>
       </c>
       <c r="D6" t="s">
-        <v>352</v>
+        <v>417</v>
       </c>
       <c r="E6" t="s">
-        <v>353</v>
+        <v>418</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>354</v>
+        <v>419</v>
       </c>
       <c r="H6" t="s">
-        <v>355</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B7" t="s">
-        <v>356</v>
+        <v>421</v>
       </c>
       <c r="C7" t="s">
-        <v>357</v>
+        <v>422</v>
       </c>
       <c r="D7" t="s">
-        <v>358</v>
+        <v>423</v>
       </c>
       <c r="E7" t="s">
-        <v>359</v>
+        <v>424</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>360</v>
+        <v>425</v>
       </c>
       <c r="H7" t="s">
-        <v>361</v>
+        <v>426</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B8" t="s">
-        <v>362</v>
+        <v>427</v>
       </c>
       <c r="C8" t="s">
-        <v>363</v>
+        <v>428</v>
       </c>
       <c r="D8" t="s">
-        <v>364</v>
+        <v>429</v>
       </c>
       <c r="E8" t="s">
-        <v>365</v>
+        <v>430</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>366</v>
+        <v>431</v>
       </c>
       <c r="H8" t="s">
-        <v>367</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B9" t="s">
-        <v>368</v>
+        <v>433</v>
       </c>
       <c r="C9" t="s">
-        <v>369</v>
+        <v>434</v>
       </c>
       <c r="D9" t="s">
-        <v>370</v>
+        <v>435</v>
       </c>
       <c r="E9" t="s">
-        <v>371</v>
+        <v>436</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>372</v>
+        <v>437</v>
       </c>
       <c r="H9" t="s">
-        <v>373</v>
+        <v>438</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B10" t="s">
-        <v>374</v>
+        <v>439</v>
       </c>
       <c r="C10" t="s">
-        <v>375</v>
+        <v>440</v>
       </c>
       <c r="D10" t="s">
-        <v>376</v>
+        <v>441</v>
       </c>
       <c r="E10" t="s">
-        <v>377</v>
+        <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>378</v>
+        <v>443</v>
       </c>
       <c r="H10" t="s">
-        <v>379</v>
+        <v>444</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B11" t="s">
-        <v>380</v>
+        <v>445</v>
       </c>
       <c r="C11" t="s">
-        <v>381</v>
+        <v>446</v>
       </c>
       <c r="D11" t="s">
-        <v>382</v>
+        <v>447</v>
       </c>
       <c r="E11" t="s">
-        <v>383</v>
+        <v>448</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>384</v>
+        <v>449</v>
       </c>
       <c r="H11" t="s">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B12" t="s">
-        <v>386</v>
+        <v>451</v>
       </c>
       <c r="C12" t="s">
-        <v>387</v>
+        <v>452</v>
       </c>
       <c r="D12" t="s">
-        <v>388</v>
+        <v>453</v>
       </c>
       <c r="E12" t="s">
-        <v>389</v>
+        <v>454</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>390</v>
+        <v>455</v>
       </c>
       <c r="H12" t="s">
-        <v>391</v>
+        <v>456</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B13" t="s">
-        <v>392</v>
+        <v>457</v>
       </c>
       <c r="C13" t="s">
-        <v>393</v>
+        <v>458</v>
       </c>
       <c r="D13" t="s">
-        <v>394</v>
+        <v>459</v>
       </c>
       <c r="E13" t="s">
-        <v>395</v>
+        <v>460</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>396</v>
+        <v>461</v>
       </c>
       <c r="H13" t="s">
-        <v>397</v>
+        <v>462</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B14" t="s">
-        <v>398</v>
+        <v>463</v>
       </c>
       <c r="C14" t="s">
-        <v>399</v>
+        <v>464</v>
       </c>
       <c r="D14" t="s">
-        <v>400</v>
+        <v>465</v>
       </c>
       <c r="E14" t="s">
-        <v>401</v>
+        <v>466</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>402</v>
+        <v>467</v>
       </c>
       <c r="H14" t="s">
-        <v>403</v>
+        <v>468</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>469</v>
       </c>
       <c r="C15" t="s">
-        <v>405</v>
+        <v>470</v>
       </c>
       <c r="D15" t="s">
-        <v>406</v>
+        <v>471</v>
       </c>
       <c r="E15" t="s">
-        <v>407</v>
+        <v>472</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>408</v>
+        <v>473</v>
       </c>
       <c r="H15" t="s">
-        <v>409</v>
+        <v>474</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B16" t="s">
-        <v>410</v>
+        <v>475</v>
       </c>
       <c r="C16" t="s">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="D16" t="s">
-        <v>412</v>
+        <v>477</v>
       </c>
       <c r="E16" t="s">
-        <v>413</v>
+        <v>478</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>414</v>
+        <v>479</v>
       </c>
       <c r="H16" t="s">
-        <v>415</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="B17" t="s">
-        <v>416</v>
+        <v>481</v>
       </c>
       <c r="C17" t="s">
-        <v>417</v>
+        <v>482</v>
       </c>
       <c r="D17" t="s">
-        <v>418</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>419</v>
+        <v>484</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>420</v>
+        <v>485</v>
       </c>
       <c r="H17" t="s">
-        <v>421</v>
-[...273 lines deleted...]
-        <v>469</v>
+        <v>486</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B2" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="C2" t="s">
-        <v>472</v>
+        <v>489</v>
       </c>
       <c r="D2" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
       <c r="E2" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>475</v>
+        <v>492</v>
       </c>
       <c r="H2" t="s">
-        <v>476</v>
+        <v>493</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B3" t="s">
-        <v>477</v>
+        <v>494</v>
       </c>
       <c r="C3" t="s">
-        <v>478</v>
+        <v>495</v>
       </c>
       <c r="D3" t="s">
-        <v>479</v>
+        <v>496</v>
       </c>
       <c r="E3" t="s">
-        <v>480</v>
+        <v>497</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>481</v>
+        <v>498</v>
       </c>
       <c r="H3" t="s">
-        <v>482</v>
+        <v>499</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B4" t="s">
-        <v>483</v>
+        <v>500</v>
       </c>
       <c r="C4" t="s">
-        <v>484</v>
+        <v>501</v>
       </c>
       <c r="D4" t="s">
-        <v>485</v>
+        <v>502</v>
       </c>
       <c r="E4" t="s">
-        <v>486</v>
+        <v>503</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="H4" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B5" t="s">
-        <v>489</v>
+        <v>506</v>
       </c>
       <c r="C5" t="s">
-        <v>490</v>
+        <v>507</v>
       </c>
       <c r="D5" t="s">
-        <v>491</v>
+        <v>508</v>
       </c>
       <c r="E5" t="s">
-        <v>492</v>
+        <v>509</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="H5" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B6" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="C6" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="D6" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="E6" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="H6" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B7" t="s">
-        <v>500</v>
+        <v>517</v>
       </c>
       <c r="C7" t="s">
-        <v>501</v>
+        <v>518</v>
       </c>
       <c r="D7" t="s">
-        <v>502</v>
+        <v>519</v>
       </c>
       <c r="E7" t="s">
-        <v>503</v>
+        <v>520</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
       <c r="H7" t="s">
-        <v>505</v>
+        <v>522</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B8" t="s">
-        <v>506</v>
+        <v>523</v>
       </c>
       <c r="C8" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="D8" t="s">
-        <v>508</v>
+        <v>525</v>
       </c>
       <c r="E8" t="s">
-        <v>509</v>
+        <v>526</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>510</v>
+        <v>527</v>
       </c>
       <c r="H8" t="s">
-        <v>511</v>
+        <v>528</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>512</v>
+        <v>529</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B2" t="s">
-        <v>514</v>
+        <v>531</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>532</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>516</v>
+        <v>533</v>
       </c>
       <c r="H2" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
       <c r="I2" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B3" t="s">
-        <v>519</v>
+        <v>536</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>521</v>
+        <v>538</v>
       </c>
       <c r="H3" t="s">
-        <v>522</v>
+        <v>539</v>
       </c>
       <c r="I3" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B4" t="s">
-        <v>523</v>
+        <v>540</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>524</v>
+        <v>541</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>525</v>
+        <v>542</v>
       </c>
       <c r="H4" t="s">
-        <v>526</v>
+        <v>543</v>
       </c>
       <c r="I4" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B5" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>529</v>
+        <v>546</v>
       </c>
       <c r="H5" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
       <c r="I5" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B6" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>532</v>
+        <v>549</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>533</v>
+        <v>550</v>
       </c>
       <c r="H6" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="I6" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B7" t="s">
+        <v>552</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>553</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>554</v>
+      </c>
+      <c r="H7" t="s">
+        <v>555</v>
+      </c>
+      <c r="I7" t="s">
         <v>535</v>
-      </c>
-[...19 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B8" t="s">
-        <v>539</v>
+        <v>556</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>540</v>
+        <v>557</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>541</v>
+        <v>558</v>
       </c>
       <c r="H8" t="s">
-        <v>542</v>
+        <v>559</v>
       </c>
       <c r="I8" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B9" t="s">
-        <v>543</v>
+        <v>560</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>545</v>
+        <v>562</v>
       </c>
       <c r="H9" t="s">
-        <v>546</v>
+        <v>563</v>
       </c>
       <c r="I9" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B10" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>548</v>
+        <v>565</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="H10" t="s">
-        <v>550</v>
+        <v>567</v>
       </c>
       <c r="I10" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B11" t="s">
-        <v>551</v>
+        <v>568</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>552</v>
+        <v>569</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="H11" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="I11" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>513</v>
+        <v>530</v>
       </c>
       <c r="B12" t="s">
-        <v>555</v>
+        <v>572</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>557</v>
+        <v>574</v>
       </c>
       <c r="H12" t="s">
-        <v>558</v>
+        <v>575</v>
       </c>
       <c r="I12" t="s">
-        <v>518</v>
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>559</v>
+        <v>576</v>
       </c>
       <c r="B2" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="C2" t="s">
-        <v>561</v>
+        <v>578</v>
       </c>
       <c r="D2" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
       <c r="E2" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="H2" t="s">
-        <v>565</v>
+        <v>582</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>559</v>
+        <v>576</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>583</v>
       </c>
       <c r="C3" t="s">
-        <v>567</v>
+        <v>584</v>
       </c>
       <c r="D3" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="E3" t="s">
-        <v>569</v>
+        <v>586</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>570</v>
+        <v>587</v>
       </c>
       <c r="H3" t="s">
-        <v>571</v>
+        <v>588</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>559</v>
+        <v>576</v>
       </c>
       <c r="B4" t="s">
-        <v>572</v>
+        <v>589</v>
       </c>
       <c r="C4" t="s">
-        <v>573</v>
+        <v>590</v>
       </c>
       <c r="D4" t="s">
-        <v>574</v>
+        <v>591</v>
       </c>
       <c r="E4" t="s">
-        <v>575</v>
+        <v>592</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>576</v>
+        <v>593</v>
       </c>
       <c r="H4" t="s">
-        <v>577</v>
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>578</v>
+        <v>595</v>
       </c>
       <c r="B2" t="s">
-        <v>579</v>
+        <v>596</v>
       </c>
       <c r="C2" t="s">
-        <v>580</v>
+        <v>597</v>
       </c>
       <c r="D2" t="s">
-        <v>581</v>
+        <v>598</v>
       </c>
       <c r="E2" t="s">
-        <v>582</v>
+        <v>599</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>583</v>
+        <v>600</v>
       </c>
       <c r="H2" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B2" t="s">
-        <v>586</v>
+        <v>603</v>
       </c>
       <c r="C2" t="s">
-        <v>587</v>
+        <v>604</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>588</v>
+        <v>605</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>589</v>
+        <v>606</v>
       </c>
       <c r="H2" t="s">
-        <v>590</v>
+        <v>607</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B3" t="s">
-        <v>591</v>
+        <v>608</v>
       </c>
       <c r="C3" t="s">
-        <v>592</v>
+        <v>609</v>
       </c>
       <c r="D3" t="s">
-        <v>593</v>
+        <v>610</v>
       </c>
       <c r="E3" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>595</v>
+        <v>612</v>
       </c>
       <c r="H3" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B4" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="C4" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="D4" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
       <c r="E4" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>601</v>
+        <v>618</v>
       </c>
       <c r="H4" t="s">
-        <v>602</v>
+        <v>619</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B5" t="s">
-        <v>603</v>
+        <v>620</v>
       </c>
       <c r="C5" t="s">
-        <v>604</v>
+        <v>621</v>
       </c>
       <c r="D5" t="s">
-        <v>605</v>
+        <v>622</v>
       </c>
       <c r="E5" t="s">
-        <v>606</v>
+        <v>623</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="H5" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B6" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
       <c r="C6" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
       <c r="D6" t="s">
-        <v>611</v>
+        <v>628</v>
       </c>
       <c r="E6" t="s">
-        <v>612</v>
+        <v>629</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>613</v>
+        <v>630</v>
       </c>
       <c r="H6" t="s">
-        <v>614</v>
+        <v>631</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B7" t="s">
-        <v>615</v>
+        <v>632</v>
       </c>
       <c r="C7" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="D7" t="s">
-        <v>617</v>
+        <v>634</v>
       </c>
       <c r="E7" t="s">
-        <v>618</v>
+        <v>635</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>619</v>
+        <v>636</v>
       </c>
       <c r="H7" t="s">
-        <v>620</v>
+        <v>637</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B8" t="s">
-        <v>621</v>
+        <v>638</v>
       </c>
       <c r="C8" t="s">
-        <v>622</v>
+        <v>639</v>
       </c>
       <c r="D8" t="s">
-        <v>617</v>
+        <v>634</v>
       </c>
       <c r="E8" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>624</v>
+        <v>641</v>
       </c>
       <c r="H8" t="s">
-        <v>625</v>
+        <v>642</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B9" t="s">
-        <v>626</v>
+        <v>643</v>
       </c>
       <c r="C9" t="s">
-        <v>627</v>
+        <v>644</v>
       </c>
       <c r="D9" t="s">
-        <v>617</v>
+        <v>634</v>
       </c>
       <c r="E9" t="s">
-        <v>628</v>
+        <v>645</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>629</v>
+        <v>646</v>
       </c>
       <c r="H9" t="s">
-        <v>630</v>
+        <v>647</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B10" t="s">
-        <v>631</v>
+        <v>648</v>
       </c>
       <c r="C10" t="s">
-        <v>632</v>
+        <v>649</v>
       </c>
       <c r="D10" t="s">
-        <v>633</v>
+        <v>650</v>
       </c>
       <c r="E10" t="s">
-        <v>634</v>
+        <v>651</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>635</v>
+        <v>652</v>
       </c>
       <c r="H10" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B11" t="s">
-        <v>637</v>
+        <v>654</v>
       </c>
       <c r="C11" t="s">
-        <v>638</v>
+        <v>655</v>
       </c>
       <c r="D11" t="s">
-        <v>639</v>
+        <v>656</v>
       </c>
       <c r="E11" t="s">
-        <v>640</v>
+        <v>657</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>641</v>
+        <v>658</v>
       </c>
       <c r="H11" t="s">
-        <v>642</v>
+        <v>659</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B12" t="s">
-        <v>643</v>
+        <v>660</v>
       </c>
       <c r="C12" t="s">
-        <v>644</v>
+        <v>661</v>
       </c>
       <c r="D12" t="s">
-        <v>639</v>
+        <v>656</v>
       </c>
       <c r="E12" t="s">
-        <v>640</v>
+        <v>657</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>645</v>
+        <v>662</v>
       </c>
       <c r="H12" t="s">
-        <v>646</v>
+        <v>663</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B13" t="s">
-        <v>647</v>
+        <v>664</v>
       </c>
       <c r="C13" t="s">
-        <v>648</v>
+        <v>665</v>
       </c>
       <c r="D13" t="s">
-        <v>649</v>
+        <v>666</v>
       </c>
       <c r="E13" t="s">
-        <v>650</v>
+        <v>667</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>651</v>
+        <v>668</v>
       </c>
       <c r="H13" t="s">
-        <v>652</v>
+        <v>669</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>585</v>
+        <v>602</v>
       </c>
       <c r="B14" t="s">
-        <v>653</v>
+        <v>670</v>
       </c>
       <c r="C14" t="s">
-        <v>654</v>
+        <v>671</v>
       </c>
       <c r="D14" t="s">
-        <v>655</v>
+        <v>672</v>
       </c>
       <c r="E14" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>657</v>
+        <v>674</v>
       </c>
       <c r="H14" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>