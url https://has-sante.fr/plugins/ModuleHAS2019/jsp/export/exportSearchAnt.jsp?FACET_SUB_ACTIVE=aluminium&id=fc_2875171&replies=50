--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,6593 +1,747 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="755">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>LUNARIS ESSENTIAL</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/11/2025 00:00:00</t>
-[...1004 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
+  </si>
+  <si>
+    <t>02/16/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
-    <t>Cholangite Biliaire Primitive</t>
-[...278 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+  </si>
+  <si>
+    <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
+  </si>
+  <si>
+    <t>p_3116022</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
   </si>
   <si>
     <t>c_272257</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>ASSESSMENT OF TRACHEAL VACUUM SUCTIONNING SYSTEMS</t>
+  </si>
+  <si>
+    <t>This assessment concerns medical devices for the mechanical suction of secretions of the nasopharynx, oropharynx and trachea (tracheal suction pumps) as well as their associated services. The objective is to update how these devices and associated services are reimbursed via the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>07/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2017 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641074/en/assessment-of-tracheal-vacuum-suctionning-systems</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...23 lines deleted...]
-    <t>01/10/2012 00:00:00</t>
+    <t>Summary - Tubular Orthoses and Bandages used in orthopaedics/degenerative rheumatology/traumatology</t>
+  </si>
+  <si>
+    <t>To assess the therapeutic benefit of tubular orthoses and bandages for use in orthopaedics/traumatology/rheumatology, taking account of the therapeutic effect/undesirable effect ratio of these products, their place in therapeutic strategy and their public health benefit. Finally, this assessment aims to set out guidelines on their indications with a view to reimbursement, specifying procedures for their use and prescription if appropriate.</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
   </si>
   <si>
     <t>10/10/2012 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
+    <t>https://www.has-sante.fr/jcms/c_1318289/en/summary-tubular-orthoses-and-bandages-used-in-orthopaedics/degenerative-rheumatology/traumatology</t>
   </si>
   <si>
     <t>c_1318289</t>
-  </si>
-[...727 lines deleted...]
-    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J55"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
-      </c>
-[...19 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
         <v>54</v>
-      </c>
-[...22 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
         <v>60</v>
-      </c>
-[...22 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" t="s">
         <v>66</v>
-      </c>
-[...22 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="H11" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>75</v>
       </c>
       <c r="D12" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="E12" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="H12" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="E13" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="H13" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>87</v>
       </c>
       <c r="D14" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="E14" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="H14" t="s">
-        <v>97</v>
-[...3748 lines deleted...]
-        <v>675</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>