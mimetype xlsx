--- v0 (2025-11-03)
+++ v1 (2025-11-04)
@@ -9,149 +9,191 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/01/2020 11:53:00</t>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +207,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>