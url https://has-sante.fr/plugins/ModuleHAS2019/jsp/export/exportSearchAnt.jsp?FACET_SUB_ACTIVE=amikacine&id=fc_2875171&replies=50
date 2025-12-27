--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -3,109 +3,157 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="104">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
   </si>
   <si>
     <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
   </si>
   <si>
     <t>05/10/2023 00:00:00</t>
   </si>
   <si>
     <t>10/10/2023 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
   </si>
   <si>
     <t>p_3262788</t>
   </si>
   <si>
     <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
@@ -140,117 +188,81 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
     <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
   </si>
   <si>
     <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
   </si>
   <si>
     <t>01/09/2002 00:00:00</t>
   </si>
   <si>
     <t>01/09/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...46 lines deleted...]
-  <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2025</t>
+  </si>
+  <si>
+    <t>10/12/2025 11:05:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784993/fr/commission-de-la-transparence-reunion-du-17-decembre-2025</t>
+  </si>
+  <si>
+    <t>p_3784993</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
   </si>
   <si>
     <t>08/12/2021 16:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
   </si>
   <si>
     <t>p_3303778</t>
-  </si>
-[...1 lines deleted...]
-    <t>Commission</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
   </si>
   <si>
     <t>16/04/2021 11:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
   </si>
   <si>
     <t>p_3261408</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
   </si>
   <si>
     <t>25/02/2021 12:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3239235/fr/commission-de-la-transparence-reunion-a-distance-du-3-mars-2021</t>
   </si>
   <si>
     <t>p_3239235</t>
   </si>
@@ -368,622 +380,651 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...62 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
         <v>40</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
         <v>51</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D6" t="s">
         <v>52</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="E6" t="s">
         <v>53</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>54</v>
       </c>
-      <c r="H4" t="s">
+      <c r="H6" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
         <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>59</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>60</v>
       </c>
       <c r="H2" t="s">
         <v>61</v>
       </c>
       <c r="I2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>57</v>
       </c>
       <c r="B3" t="s">
         <v>63</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>64</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>65</v>
       </c>
       <c r="H3" t="s">
         <v>66</v>
       </c>
       <c r="I3" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>57</v>
       </c>
       <c r="B4" t="s">
         <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>68</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>69</v>
       </c>
       <c r="H4" t="s">
         <v>70</v>
       </c>
       <c r="I4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>57</v>
       </c>
       <c r="B5" t="s">
         <v>71</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>72</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>73</v>
       </c>
       <c r="H5" t="s">
         <v>74</v>
       </c>
       <c r="I5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>77</v>
+      </c>
+      <c r="H6" t="s">
+        <v>78</v>
+      </c>
+      <c r="I6" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="I2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="J2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="K2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="N2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="O2" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="P2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="Q2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="R2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="H3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>