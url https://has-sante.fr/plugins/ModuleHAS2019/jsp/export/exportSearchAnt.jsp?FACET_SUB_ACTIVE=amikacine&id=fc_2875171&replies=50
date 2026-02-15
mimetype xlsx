--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,1030 +1,371 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:04:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3578470/fr/amikacine-panpharma-amikacine-antibacterien-aminoside</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ARIKAYCE LIPOSOMAL (amikacine)</t>
   </si>
   <si>
-    <t>30/04/2021 10:55:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263772/fr/arikayce-liposomal-amikacine</t>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263772/en/arikayce-liposomal-amikacine</t>
   </si>
   <si>
     <t>p_3263772</t>
   </si>
   <si>
     <t>amikacine</t>
   </si>
   <si>
     <t>INSMED FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263678/fr/arikayce-liposomal-amikacine</t>
+    <t>https://www.has-sante.fr/jcms/p_3263678/en/arikayce-liposomal-amikacine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>27</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>28</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>29</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>30</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>31</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K2" t="s">
         <v>32</v>
-      </c>
-[...422 lines deleted...]
-        <v>103</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>