--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -1,325 +1,232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>11/07/2019 16:56:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671812/fr/aminophylline-renaudin-aminophylline</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -361,321 +268,119 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...226 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>