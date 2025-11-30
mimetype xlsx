--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,289 +1,877 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="411" uniqueCount="251">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Prise en charge des lipomes du filum terminal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'un lipome du filum terminal. Il a été élaboré par le Centre de Référence Maladies Rares Chiari - Malformations Vertébrales et Médullaires (C-MAVEM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301913/fr/prise-en-charge-des-lipomes-du-filum-terminal</t>
+  </si>
+  <si>
+    <t>p_3301913</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Syringomyelie - Les fentes intramédullaires</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729833/fr/syringomyelie-les-fentes-intramedullaires</t>
+  </si>
+  <si>
+    <t>c_2729833</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer du poumon et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>24/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820058/fr/ald-n-30-cancer-du-poumon-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_820058</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Mélanome cutané</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2014 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644443/fr/ald-n-30-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_644443</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_607702</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments à base de cannabis</t>
+  </si>
+  <si>
+    <t>L'évaluation des médicaments à base de cannabis en vue de leur éventuelle prise en charge par l'assurance maladie intervient dans un contexte où l'usage médical du cannabis a été autorisé en France depuis 2021. Les médicaments concernés doivent répondre à des spécifications précises et sont destinés à traiter des conditions médicales spécifiques en dernière intention. La HAS s'appuiera sur diverses données et contributions pour rendre son avis. Un décret ultérieur précisera les modalités d'évaluation.</t>
+  </si>
+  <si>
+    <t>29/07/2025 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638245/fr/medicaments-a-base-de-cannabis</t>
+  </si>
+  <si>
+    <t>p_3638245</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
+    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des virus herpès simplex (HSV) et varicelle - zona (VZV) par amplification génique (PCR) dans le diagnostic de l’herpès et du zona devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
   </si>
   <si>
     <t>c_2598252</t>
+  </si>
+  <si>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 février 2019</t>
+  </si>
+  <si>
+    <t>12/02/2019 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904174/fr/ceesp-reunion-du-12-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904174</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2016</t>
+  </si>
+  <si>
+    <t>13/07/2016 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656551/fr/commission-de-la-transparence-reunion-du-20-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2656551</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -297,225 +885,1396 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>50</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>51</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
         <v>54</v>
       </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>78</v>
+      </c>
+      <c r="H14" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>92</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>93</v>
+      </c>
+      <c r="H17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>97</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>98</v>
+      </c>
+      <c r="H18" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" t="s">
+        <v>101</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>102</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>103</v>
+      </c>
+      <c r="H19" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>107</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>108</v>
+      </c>
+      <c r="H20" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>112</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>113</v>
+      </c>
+      <c r="H21" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>116</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>117</v>
+      </c>
+      <c r="H22" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" t="s">
+        <v>120</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>121</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>122</v>
+      </c>
+      <c r="H23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>127</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>128</v>
+      </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>125</v>
+      </c>
+      <c r="D25" t="s">
+        <v>131</v>
+      </c>
+      <c r="E25" t="s">
+        <v>132</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H25" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>135</v>
+      </c>
+      <c r="C26" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" t="s">
+        <v>136</v>
+      </c>
+      <c r="E26" t="s">
+        <v>137</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>138</v>
+      </c>
+      <c r="H26" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C27" t="s">
+        <v>141</v>
+      </c>
+      <c r="D27" t="s">
+        <v>142</v>
+      </c>
+      <c r="E27" t="s">
+        <v>143</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>144</v>
+      </c>
+      <c r="H27" t="s">
+        <v>145</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>157</v>
+      </c>
+      <c r="H3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D4" t="s">
+        <v>161</v>
+      </c>
+      <c r="E4" t="s">
+        <v>162</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H4" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" t="s">
+        <v>166</v>
+      </c>
+      <c r="D5" t="s">
+        <v>167</v>
+      </c>
+      <c r="E5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>169</v>
+      </c>
+      <c r="H5" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B6" t="s">
+        <v>171</v>
+      </c>
+      <c r="C6" t="s">
+        <v>172</v>
+      </c>
+      <c r="D6" t="s">
+        <v>173</v>
+      </c>
+      <c r="E6" t="s">
+        <v>174</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>175</v>
+      </c>
+      <c r="H6" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>146</v>
+      </c>
+      <c r="B7" t="s">
+        <v>177</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>178</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>179</v>
+      </c>
+      <c r="H7" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>146</v>
+      </c>
+      <c r="B8" t="s">
+        <v>181</v>
+      </c>
+      <c r="C8" t="s">
+        <v>182</v>
+      </c>
+      <c r="D8" t="s">
+        <v>183</v>
+      </c>
+      <c r="E8" t="s">
+        <v>184</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>185</v>
+      </c>
+      <c r="H8" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>146</v>
+      </c>
+      <c r="B9" t="s">
+        <v>187</v>
+      </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>188</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>189</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>190</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>58</v>
+        <v>191</v>
       </c>
       <c r="H9" t="s">
-        <v>59</v>
+        <v>192</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>146</v>
+      </c>
+      <c r="B10" t="s">
+        <v>193</v>
+      </c>
+      <c r="C10" t="s">
+        <v>194</v>
+      </c>
+      <c r="D10" t="s">
+        <v>195</v>
+      </c>
+      <c r="E10" t="s">
+        <v>196</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>197</v>
+      </c>
+      <c r="H10" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>146</v>
+      </c>
+      <c r="B11" t="s">
+        <v>199</v>
+      </c>
+      <c r="C11" t="s">
+        <v>200</v>
+      </c>
+      <c r="D11" t="s">
+        <v>201</v>
+      </c>
+      <c r="E11" t="s">
+        <v>202</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>203</v>
+      </c>
+      <c r="H11" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B12" t="s">
+        <v>205</v>
+      </c>
+      <c r="C12" t="s">
+        <v>206</v>
+      </c>
+      <c r="D12" t="s">
+        <v>207</v>
+      </c>
+      <c r="E12" t="s">
+        <v>208</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>209</v>
+      </c>
+      <c r="H12" t="s">
+        <v>210</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>215</v>
+      </c>
+      <c r="H2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D3" t="s">
+        <v>155</v>
+      </c>
+      <c r="E3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>220</v>
+      </c>
+      <c r="H3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C4" t="s">
+        <v>223</v>
+      </c>
+      <c r="D4" t="s">
+        <v>224</v>
+      </c>
+      <c r="E4" t="s">
+        <v>225</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>226</v>
+      </c>
+      <c r="H4" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B5" t="s">
+        <v>228</v>
+      </c>
+      <c r="C5" t="s">
+        <v>229</v>
+      </c>
+      <c r="D5" t="s">
+        <v>230</v>
+      </c>
+      <c r="E5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>232</v>
+      </c>
+      <c r="H5" t="s">
+        <v>233</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H2" t="s">
+        <v>239</v>
+      </c>
+      <c r="I2" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>243</v>
+      </c>
+      <c r="H3" t="s">
+        <v>244</v>
+      </c>
+      <c r="I3" t="s">
+        <v>240</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>245</v>
+      </c>
+      <c r="B2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C2" t="s">
+        <v>247</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>