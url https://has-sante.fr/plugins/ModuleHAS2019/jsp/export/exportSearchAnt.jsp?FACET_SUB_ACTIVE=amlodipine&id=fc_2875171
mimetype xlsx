--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,2296 +1,626 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>29/07/2021 00:00:00</t>
-[...374 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...8 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>TRIPLIXAM (périndopril/indapamide/amlodipine)</t>
   </si>
   <si>
-    <t>07/11/2024 11:23:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984594/fr/triplixam-perindopril/indapamide/amlodipine</t>
+    <t>11/07/2024 11:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984594/en/triplixam-perindopril/indapamide/amlodipine</t>
   </si>
   <si>
     <t>pprd_2984594</t>
   </si>
   <si>
     <t>périndopril,indapamide,amlodipine</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2022063/fr/triplixam-perindopril/-indapamide/-amlodipine</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3117087/fr/preminor-amlodipine/-ramipril</t>
+    <t>https://www.has-sante.fr/jcms/c_2022063/en/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107626/en/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555010/en/triplixam-perindopril/-indapamide/amlodipine-essential-hypertension</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2676693/fr/caduet-atorvastatine-calcique-trihydratee/-amlodipine-besilate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/en/exforge-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/en/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>SEVIKAR (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
   </si>
   <si>
-    <t>14/12/2015 12:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984294/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>12/14/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984294/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>pprd_2984294</t>
   </si>
   <si>
     <t>olmésartan médoxomil,amlodipine (bésilate d')</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_749803/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2579449/fr/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_749803/en/sevikar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716205/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036431/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-sevikar-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579449/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>AXELER (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
   </si>
   <si>
-    <t>14/12/2015 12:22:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984306/fr/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+    <t>12/14/2015 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984306/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>pprd_2984306</t>
   </si>
   <si>
     <t>MENARINI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_749764/fr/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572185/fr/twynsta-telmisartan-/amlodipine-besilate/-telmisartan/-amlodipine-besilate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_749764/en/axeler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716199/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036425/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-axeler-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579401/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
   </si>
   <si>
     <t>COVERAM (amlodipine (bésilate d')/ périndopril arginine)</t>
   </si>
   <si>
-    <t>26/06/2014 18:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984749/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+    <t>06/26/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984749/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
   </si>
   <si>
     <t>pprd_2984749</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),périndopril arginine</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_840942/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1742454/fr/natrixam-indapamide/-amlodipine-besilate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_840942/en/coveram</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750090/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="M2" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" t="s">
         <v>33</v>
       </c>
-      <c r="C3" t="s">
+      <c r="J3" t="s">
         <v>34</v>
       </c>
-      <c r="D3" t="s">
+      <c r="K3" t="s">
         <v>35</v>
       </c>
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>36</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>37</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>38</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="O3" t="s">
         <v>39</v>
-      </c>
-[...45 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>57</v>
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>44</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>58</v>
-      </c>
-[...175 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6" t="s">
+        <v>62</v>
+      </c>
+      <c r="I6" t="s">
+        <v>63</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
         <v>65</v>
       </c>
-      <c r="B6" t="s">
-[...637 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>180</v>
-[...295 lines deleted...]
-        <v>243</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>