--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="172">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -381,50 +381,68 @@
     <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
     <t>Preventing and managing postoperative pain after oral surgery</t>
   </si>
   <si>
     <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
   </si>
   <si>
     <t>11/01/2005 00:00:00</t>
   </si>
   <si>
     <t>11/01/2005 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
     <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
   </si>
   <si>
     <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
   </si>
   <si>
     <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
   </si>
   <si>
     <t>10/17/2024 00:00:00</t>
   </si>
   <si>
     <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
@@ -557,51 +575,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1367,45 +1385,71 @@
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>123</v>
       </c>
       <c r="B31" t="s">
         <v>160</v>
       </c>
       <c r="C31" t="s">
         <v>161</v>
       </c>
       <c r="D31" t="s">
         <v>162</v>
       </c>
       <c r="E31" t="s">
         <v>163</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>164</v>
       </c>
       <c r="H31" t="s">
         <v>165</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>168</v>
+      </c>
+      <c r="E32" t="s">
+        <v>169</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>170</v>
+      </c>
+      <c r="H32" t="s">
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>