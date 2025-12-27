--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -11,65 +11,65 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="718">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
@@ -125,50 +125,719 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
   </si>
   <si>
     <t>c_1031777</t>
   </si>
   <si>
     <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
   </si>
   <si>
     <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
   </si>
   <si>
     <t>28/04/2010 00:00:00</t>
   </si>
   <si>
     <t>20/08/2010 16:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
   </si>
   <si>
     <t>c_976382</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
   </si>
   <si>
     <t>15/07/2021 00:00:00</t>
@@ -395,53 +1064,50 @@
   <si>
     <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
   </si>
   <si>
     <t>p_3575597</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
   </si>
   <si>
     <t>p_3575605</t>
   </si>
   <si>
     <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
-    <t>10/04/2025 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
   </si>
   <si>
     <t>p_3604614</t>
   </si>
   <si>
     <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
   </si>
   <si>
     <t>p_3604647</t>
   </si>
   <si>
     <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
@@ -887,716 +1553,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
     <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
   </si>
   <si>
     <t>01/11/2005 00:00:00</t>
   </si>
   <si>
     <t>01/11/2005 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...664 lines deleted...]
-  <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Tous engagés pour un meilleur usage des antibiotiques</t>
   </si>
   <si>
     <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
   </si>
   <si>
     <t>18/11/2021 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
   </si>
   <si>
     <t>p_3298977</t>
   </si>
   <si>
     <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
   </si>
   <si>
     <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
   </si>
   <si>
     <t>20/06/2018 10:55:00</t>
@@ -1790,51 +1790,51 @@
   <si>
     <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
   </si>
   <si>
     <t>03/06/2015 00:00:00</t>
   </si>
   <si>
     <t>02/06/2015 09:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Collège délibératif du 11 septembre 2025</t>
   </si>
   <si>
-    <t>30/09/2025 10:12:17</t>
+    <t>30/09/2025 10:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3658265/fr/college-deliberatif-du-11-septembre-2025</t>
   </si>
   <si>
     <t>p_3658265</t>
   </si>
   <si>
     <t>Collège</t>
   </si>
   <si>
     <t>PV Collège délibératif du 11 juillet 2024</t>
   </si>
   <si>
     <t>11/07/2024 17:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
   </si>
   <si>
     <t>p_3530157</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
@@ -2734,2667 +2734,2667 @@
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>715</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>716</v>
       </c>
       <c r="H3" t="s">
         <v>717</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H45"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>79</v>
+      </c>
+      <c r="H11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>89</v>
+      </c>
+      <c r="H13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
+      <c r="H15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>108</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>109</v>
+      </c>
+      <c r="H17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>112</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>114</v>
+      </c>
+      <c r="H18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>118</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>119</v>
+      </c>
+      <c r="H19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>123</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>124</v>
+      </c>
+      <c r="H20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>128</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>129</v>
+      </c>
+      <c r="H21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" t="s">
+        <v>131</v>
+      </c>
+      <c r="C22" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>133</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>134</v>
+      </c>
+      <c r="H22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>137</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>138</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>139</v>
+      </c>
+      <c r="H23" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>28</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>142</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>144</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>145</v>
+      </c>
+      <c r="H24" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" t="s">
+        <v>148</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>149</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>150</v>
+      </c>
+      <c r="H25" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>28</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>154</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>155</v>
+      </c>
+      <c r="H26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>159</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>160</v>
+      </c>
+      <c r="H27" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" t="s">
+        <v>162</v>
+      </c>
+      <c r="C28" t="s">
+        <v>163</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>164</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>165</v>
+      </c>
+      <c r="H28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" t="s">
+        <v>168</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>169</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>170</v>
+      </c>
+      <c r="H29" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>173</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>174</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>175</v>
+      </c>
+      <c r="H30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>179</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>180</v>
+      </c>
+      <c r="H31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C32" t="s">
+        <v>183</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>184</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>185</v>
+      </c>
+      <c r="H32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>28</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>188</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>189</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>190</v>
+      </c>
+      <c r="H33" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>28</v>
+      </c>
+      <c r="B34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" t="s">
+        <v>193</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>194</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>195</v>
+      </c>
+      <c r="H34" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" t="s">
+        <v>197</v>
+      </c>
+      <c r="C35" t="s">
+        <v>198</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>199</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>200</v>
+      </c>
+      <c r="H35" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" t="s">
+        <v>202</v>
+      </c>
+      <c r="C36" t="s">
+        <v>203</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>204</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>205</v>
+      </c>
+      <c r="H36" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
+        <v>207</v>
+      </c>
+      <c r="C37" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>209</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>210</v>
+      </c>
+      <c r="H37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" t="s">
+        <v>213</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>214</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>215</v>
+      </c>
+      <c r="H38" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>28</v>
+      </c>
+      <c r="B39" t="s">
+        <v>217</v>
+      </c>
+      <c r="C39" t="s">
+        <v>218</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>219</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>220</v>
+      </c>
+      <c r="H39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>28</v>
+      </c>
+      <c r="B40" t="s">
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>223</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>224</v>
+      </c>
+      <c r="H40" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>28</v>
+      </c>
+      <c r="B41" t="s">
+        <v>226</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>223</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>227</v>
+      </c>
+      <c r="H41" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>28</v>
+      </c>
+      <c r="B42" t="s">
+        <v>229</v>
+      </c>
+      <c r="C42" t="s">
+        <v>230</v>
+      </c>
+      <c r="D42" t="s">
+        <v>231</v>
+      </c>
+      <c r="E42" t="s">
+        <v>232</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>233</v>
+      </c>
+      <c r="H42" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>28</v>
+      </c>
+      <c r="B43" t="s">
+        <v>235</v>
+      </c>
+      <c r="C43" t="s">
+        <v>236</v>
+      </c>
+      <c r="D43" t="s">
+        <v>237</v>
+      </c>
+      <c r="E43" t="s">
+        <v>238</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>239</v>
+      </c>
+      <c r="H43" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>28</v>
+      </c>
+      <c r="B44" t="s">
+        <v>241</v>
+      </c>
+      <c r="C44" t="s">
+        <v>242</v>
+      </c>
+      <c r="D44" t="s">
+        <v>237</v>
+      </c>
+      <c r="E44" t="s">
+        <v>243</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>244</v>
+      </c>
+      <c r="H44" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>28</v>
+      </c>
+      <c r="B45" t="s">
+        <v>246</v>
+      </c>
+      <c r="C45" t="s">
+        <v>247</v>
+      </c>
+      <c r="D45" t="s">
+        <v>237</v>
+      </c>
+      <c r="E45" t="s">
+        <v>248</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>249</v>
+      </c>
+      <c r="H45" t="s">
+        <v>250</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>252</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>255</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>256</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>258</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>260</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>261</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>263</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>264</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>265</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>267</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>260</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>268</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>269</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>270</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E6" t="s">
-        <v>48</v>
+        <v>271</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>49</v>
+        <v>272</v>
       </c>
       <c r="H6" t="s">
-        <v>50</v>
+        <v>273</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>274</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>260</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>275</v>
       </c>
       <c r="H7" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>277</v>
       </c>
       <c r="C8" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>278</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>279</v>
       </c>
       <c r="H8" t="s">
-        <v>57</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>281</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>282</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>283</v>
       </c>
       <c r="H9" t="s">
-        <v>61</v>
+        <v>284</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>285</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E10" t="s">
-        <v>48</v>
+        <v>271</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>286</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>287</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>288</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D11" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>289</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>290</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>291</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>292</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>289</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>293</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>294</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>295</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>296</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="E13" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>75</v>
+        <v>298</v>
       </c>
       <c r="H13" t="s">
-        <v>76</v>
+        <v>299</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>300</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E14" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>78</v>
+        <v>301</v>
       </c>
       <c r="H14" t="s">
-        <v>79</v>
+        <v>302</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B15" t="s">
-        <v>80</v>
+        <v>303</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E15" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>304</v>
       </c>
       <c r="H15" t="s">
-        <v>82</v>
+        <v>305</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>306</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>84</v>
+        <v>307</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>308</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B17" t="s">
-        <v>86</v>
+        <v>309</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E17" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>87</v>
+        <v>310</v>
       </c>
       <c r="H17" t="s">
-        <v>88</v>
+        <v>311</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>312</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>90</v>
+        <v>313</v>
       </c>
       <c r="H18" t="s">
-        <v>91</v>
+        <v>314</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B19" t="s">
-        <v>92</v>
+        <v>315</v>
       </c>
       <c r="C19" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E19" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>316</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>317</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>318</v>
       </c>
       <c r="C20" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D20" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E20" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>96</v>
+        <v>319</v>
       </c>
       <c r="H20" t="s">
-        <v>97</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B21" t="s">
-        <v>98</v>
+        <v>321</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="E21" t="s">
-        <v>99</v>
+        <v>322</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>100</v>
+        <v>323</v>
       </c>
       <c r="H21" t="s">
-        <v>101</v>
+        <v>324</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>325</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D22" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E22" t="s">
-        <v>103</v>
+        <v>326</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
+        <v>327</v>
       </c>
       <c r="H22" t="s">
-        <v>105</v>
+        <v>328</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B23" t="s">
-        <v>106</v>
+        <v>329</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D23" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E23" t="s">
-        <v>107</v>
+        <v>330</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>331</v>
       </c>
       <c r="H23" t="s">
-        <v>109</v>
+        <v>332</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B24" t="s">
-        <v>110</v>
+        <v>333</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D24" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="E24" t="s">
-        <v>32</v>
+        <v>255</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>111</v>
+        <v>334</v>
       </c>
       <c r="H24" t="s">
-        <v>112</v>
+        <v>335</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B25" t="s">
-        <v>113</v>
+        <v>336</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D25" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
       <c r="E25" t="s">
-        <v>32</v>
+        <v>255</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>114</v>
+        <v>337</v>
       </c>
       <c r="H25" t="s">
-        <v>115</v>
+        <v>338</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B26" t="s">
-        <v>116</v>
+        <v>339</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>340</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>47</v>
       </c>
       <c r="E26" t="s">
-        <v>119</v>
+        <v>341</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>342</v>
       </c>
       <c r="H26" t="s">
-        <v>121</v>
+        <v>343</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B27" t="s">
-        <v>122</v>
+        <v>344</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>345</v>
       </c>
       <c r="D27" t="s">
-        <v>118</v>
+        <v>47</v>
       </c>
       <c r="E27" t="s">
-        <v>119</v>
+        <v>341</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>124</v>
+        <v>346</v>
       </c>
       <c r="H27" t="s">
-        <v>125</v>
+        <v>347</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B28" t="s">
-        <v>126</v>
+        <v>348</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>349</v>
       </c>
       <c r="D28" t="s">
-        <v>118</v>
+        <v>47</v>
       </c>
       <c r="E28" t="s">
-        <v>128</v>
+        <v>350</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>129</v>
+        <v>351</v>
       </c>
       <c r="H28" t="s">
-        <v>130</v>
+        <v>352</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B29" t="s">
-        <v>131</v>
+        <v>353</v>
       </c>
       <c r="C29" t="s">
-        <v>132</v>
+        <v>354</v>
       </c>
       <c r="D29" t="s">
-        <v>133</v>
+        <v>355</v>
       </c>
       <c r="E29" t="s">
-        <v>134</v>
+        <v>356</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>135</v>
+        <v>357</v>
       </c>
       <c r="H29" t="s">
-        <v>136</v>
+        <v>358</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B30" t="s">
-        <v>137</v>
+        <v>359</v>
       </c>
       <c r="C30" t="s">
-        <v>138</v>
+        <v>360</v>
       </c>
       <c r="D30" t="s">
-        <v>139</v>
+        <v>361</v>
       </c>
       <c r="E30" t="s">
-        <v>140</v>
+        <v>362</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>141</v>
+        <v>363</v>
       </c>
       <c r="H30" t="s">
-        <v>142</v>
+        <v>364</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B31" t="s">
-        <v>143</v>
+        <v>365</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>366</v>
       </c>
       <c r="D31" t="s">
-        <v>145</v>
+        <v>367</v>
       </c>
       <c r="E31" t="s">
-        <v>146</v>
+        <v>368</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>147</v>
+        <v>369</v>
       </c>
       <c r="H31" t="s">
-        <v>148</v>
+        <v>370</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B32" t="s">
-        <v>149</v>
+        <v>371</v>
       </c>
       <c r="C32" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D32" t="s">
-        <v>150</v>
+        <v>372</v>
       </c>
       <c r="E32" t="s">
-        <v>103</v>
+        <v>326</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>151</v>
+        <v>373</v>
       </c>
       <c r="H32" t="s">
-        <v>152</v>
+        <v>374</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B33" t="s">
-        <v>153</v>
+        <v>375</v>
       </c>
       <c r="C33" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D33" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E33" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>154</v>
+        <v>376</v>
       </c>
       <c r="H33" t="s">
-        <v>155</v>
+        <v>377</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B34" t="s">
-        <v>156</v>
+        <v>378</v>
       </c>
       <c r="C34" t="s">
-        <v>30</v>
+        <v>253</v>
       </c>
       <c r="D34" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="E34" t="s">
-        <v>74</v>
+        <v>297</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>157</v>
+        <v>379</v>
       </c>
       <c r="H34" t="s">
-        <v>158</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B35" t="s">
-        <v>159</v>
+        <v>381</v>
       </c>
       <c r="C35" t="s">
-        <v>160</v>
+        <v>382</v>
       </c>
       <c r="D35" t="s">
-        <v>161</v>
+        <v>383</v>
       </c>
       <c r="E35" t="s">
-        <v>162</v>
+        <v>384</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>163</v>
+        <v>385</v>
       </c>
       <c r="H35" t="s">
-        <v>164</v>
+        <v>386</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B36" t="s">
-        <v>165</v>
+        <v>387</v>
       </c>
       <c r="C36" t="s">
-        <v>166</v>
+        <v>388</v>
       </c>
       <c r="D36" t="s">
-        <v>167</v>
+        <v>389</v>
       </c>
       <c r="E36" t="s">
-        <v>168</v>
+        <v>390</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>169</v>
+        <v>391</v>
       </c>
       <c r="H36" t="s">
-        <v>170</v>
+        <v>392</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B37" t="s">
-        <v>171</v>
+        <v>393</v>
       </c>
       <c r="C37" t="s">
-        <v>172</v>
+        <v>394</v>
       </c>
       <c r="D37" t="s">
-        <v>173</v>
+        <v>395</v>
       </c>
       <c r="E37" t="s">
-        <v>174</v>
+        <v>396</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>175</v>
+        <v>397</v>
       </c>
       <c r="H37" t="s">
-        <v>176</v>
+        <v>398</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B38" t="s">
-        <v>177</v>
+        <v>399</v>
       </c>
       <c r="C38" t="s">
-        <v>178</v>
+        <v>400</v>
       </c>
       <c r="D38" t="s">
-        <v>179</v>
+        <v>401</v>
       </c>
       <c r="E38" t="s">
-        <v>180</v>
+        <v>402</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>181</v>
+        <v>403</v>
       </c>
       <c r="H38" t="s">
-        <v>182</v>
+        <v>404</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>183</v>
+        <v>405</v>
       </c>
       <c r="C39" t="s">
-        <v>184</v>
+        <v>406</v>
       </c>
       <c r="D39" t="s">
-        <v>185</v>
+        <v>407</v>
       </c>
       <c r="E39" t="s">
-        <v>186</v>
+        <v>408</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>187</v>
+        <v>409</v>
       </c>
       <c r="H39" t="s">
-        <v>188</v>
+        <v>410</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B40" t="s">
-        <v>189</v>
+        <v>411</v>
       </c>
       <c r="C40" t="s">
-        <v>190</v>
+        <v>412</v>
       </c>
       <c r="D40" t="s">
-        <v>191</v>
+        <v>413</v>
       </c>
       <c r="E40" t="s">
-        <v>192</v>
+        <v>414</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>193</v>
+        <v>415</v>
       </c>
       <c r="H40" t="s">
-        <v>194</v>
+        <v>416</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B41" t="s">
-        <v>195</v>
+        <v>417</v>
       </c>
       <c r="C41" t="s">
-        <v>196</v>
+        <v>418</v>
       </c>
       <c r="D41" t="s">
-        <v>197</v>
+        <v>419</v>
       </c>
       <c r="E41" t="s">
-        <v>198</v>
+        <v>420</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>199</v>
+        <v>421</v>
       </c>
       <c r="H41" t="s">
-        <v>200</v>
+        <v>422</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B42" t="s">
-        <v>201</v>
+        <v>423</v>
       </c>
       <c r="C42" t="s">
-        <v>202</v>
+        <v>424</v>
       </c>
       <c r="D42" t="s">
-        <v>203</v>
+        <v>425</v>
       </c>
       <c r="E42" t="s">
-        <v>204</v>
+        <v>426</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>205</v>
+        <v>427</v>
       </c>
       <c r="H42" t="s">
-        <v>206</v>
+        <v>428</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B43" t="s">
-        <v>207</v>
+        <v>429</v>
       </c>
       <c r="C43" t="s">
-        <v>208</v>
+        <v>430</v>
       </c>
       <c r="D43" t="s">
-        <v>209</v>
+        <v>431</v>
       </c>
       <c r="E43" t="s">
-        <v>210</v>
+        <v>432</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>211</v>
+        <v>433</v>
       </c>
       <c r="H43" t="s">
-        <v>212</v>
+        <v>434</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B44" t="s">
-        <v>213</v>
+        <v>435</v>
       </c>
       <c r="C44" t="s">
-        <v>214</v>
+        <v>436</v>
       </c>
       <c r="D44" t="s">
-        <v>215</v>
+        <v>437</v>
       </c>
       <c r="E44" t="s">
-        <v>216</v>
+        <v>438</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>217</v>
+        <v>439</v>
       </c>
       <c r="H44" t="s">
-        <v>218</v>
+        <v>440</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B45" t="s">
-        <v>219</v>
+        <v>441</v>
       </c>
       <c r="C45" t="s">
-        <v>220</v>
+        <v>442</v>
       </c>
       <c r="D45" t="s">
-        <v>221</v>
+        <v>443</v>
       </c>
       <c r="E45" t="s">
-        <v>222</v>
+        <v>444</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>223</v>
+        <v>445</v>
       </c>
       <c r="H45" t="s">
-        <v>224</v>
+        <v>446</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B46" t="s">
-        <v>225</v>
+        <v>447</v>
       </c>
       <c r="C46" t="s">
-        <v>226</v>
+        <v>448</v>
       </c>
       <c r="D46" t="s">
-        <v>227</v>
+        <v>449</v>
       </c>
       <c r="E46" t="s">
-        <v>228</v>
+        <v>450</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>229</v>
+        <v>451</v>
       </c>
       <c r="H46" t="s">
-        <v>230</v>
+        <v>452</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B47" t="s">
-        <v>231</v>
+        <v>453</v>
       </c>
       <c r="C47" t="s">
-        <v>232</v>
+        <v>454</v>
       </c>
       <c r="D47" t="s">
-        <v>227</v>
+        <v>449</v>
       </c>
       <c r="E47" t="s">
-        <v>233</v>
+        <v>455</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>234</v>
+        <v>456</v>
       </c>
       <c r="H47" t="s">
-        <v>235</v>
+        <v>457</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B48" t="s">
-        <v>236</v>
+        <v>458</v>
       </c>
       <c r="C48" t="s">
-        <v>237</v>
+        <v>459</v>
       </c>
       <c r="D48" t="s">
-        <v>238</v>
+        <v>460</v>
       </c>
       <c r="E48" t="s">
-        <v>239</v>
+        <v>461</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>240</v>
+        <v>462</v>
       </c>
       <c r="H48" t="s">
-        <v>241</v>
+        <v>463</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B49" t="s">
-        <v>242</v>
+        <v>464</v>
       </c>
       <c r="C49" t="s">
-        <v>243</v>
+        <v>465</v>
       </c>
       <c r="D49" t="s">
-        <v>244</v>
+        <v>466</v>
       </c>
       <c r="E49" t="s">
-        <v>245</v>
+        <v>467</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>246</v>
+        <v>468</v>
       </c>
       <c r="H49" t="s">
-        <v>247</v>
+        <v>469</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B50" t="s">
-        <v>248</v>
+        <v>470</v>
       </c>
       <c r="C50" t="s">
-        <v>249</v>
+        <v>471</v>
       </c>
       <c r="D50" t="s">
-        <v>250</v>
+        <v>472</v>
       </c>
       <c r="E50" t="s">
-        <v>250</v>
+        <v>472</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>251</v>
+        <v>473</v>
       </c>
       <c r="H50" t="s">
-        <v>252</v>
+        <v>474</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B51" t="s">
-        <v>253</v>
+        <v>475</v>
       </c>
       <c r="C51" t="s">
-        <v>254</v>
+        <v>476</v>
       </c>
       <c r="D51" t="s">
-        <v>255</v>
+        <v>477</v>
       </c>
       <c r="E51" t="s">
-        <v>255</v>
+        <v>477</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>256</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>257</v>
+        <v>479</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B52" t="s">
-        <v>258</v>
+        <v>480</v>
       </c>
       <c r="C52" t="s">
-        <v>259</v>
+        <v>481</v>
       </c>
       <c r="D52" t="s">
-        <v>260</v>
+        <v>482</v>
       </c>
       <c r="E52" t="s">
-        <v>261</v>
+        <v>483</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>262</v>
+        <v>484</v>
       </c>
       <c r="H52" t="s">
-        <v>263</v>
+        <v>485</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B53" t="s">
-        <v>264</v>
+        <v>486</v>
       </c>
       <c r="C53" t="s">
-        <v>265</v>
+        <v>487</v>
       </c>
       <c r="D53" t="s">
-        <v>266</v>
+        <v>488</v>
       </c>
       <c r="E53" t="s">
-        <v>267</v>
+        <v>489</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>268</v>
+        <v>490</v>
       </c>
       <c r="H53" t="s">
-        <v>269</v>
+        <v>491</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B54" t="s">
-        <v>270</v>
+        <v>492</v>
       </c>
       <c r="C54" t="s">
-        <v>271</v>
+        <v>493</v>
       </c>
       <c r="D54" t="s">
-        <v>272</v>
+        <v>494</v>
       </c>
       <c r="E54" t="s">
-        <v>273</v>
+        <v>495</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>274</v>
+        <v>496</v>
       </c>
       <c r="H54" t="s">
-        <v>275</v>
+        <v>497</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>28</v>
+        <v>251</v>
       </c>
       <c r="B55" t="s">
-        <v>276</v>
+        <v>498</v>
       </c>
       <c r="C55" t="s">
-        <v>277</v>
+        <v>499</v>
       </c>
       <c r="D55" t="s">
-        <v>278</v>
+        <v>500</v>
       </c>
       <c r="E55" t="s">
-        <v>279</v>
+        <v>501</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>280</v>
+        <v>502</v>
       </c>
       <c r="H55" t="s">
-        <v>281</v>
-[...1182 lines deleted...]
-      <c r="H45" t="s">
         <v>503</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">