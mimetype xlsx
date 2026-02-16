--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,251 +1,1711 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="177">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/25/2022 16:50:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PEPTAMEN - CNEDiMTS du 08 décembre 2009 (2237)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie.Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_896376/fr/peptamen-cnedimts-du-08-decembre-2009-2237</t>
+  </si>
+  <si>
+    <t>c_896376</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Tumeurs kystiques du pancréas (TIPMP exclues)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une tumeur kystique rare du pancréas (TKP) quelle que soit sa sévérité. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594144/fr/tumeurs-kystiques-du-pancreas-tipmp-exclues</t>
+  </si>
+  <si>
+    <t>p_3594144</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Endomicroscopie confocale par aiguille de ponction pour la caractérisation des tumeurs kystiques pancréatiques</t>
+  </si>
+  <si>
+    <t>En réponse à une saisine de la CNAM, la HAS a évalué le bénéfice/risque de l’endomicroscopie confocale pour la caractérisation des tumeurs kystiques pancréatiques, défini ses indications et ses conditions de réalisation et rendu à cette issue un avis sur le bien-fondé de l’inscription de cet acte à la classification commune des actes médicaux.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2007</t>
+  </si>
+  <si>
+    <t>23/05/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602976/fr/commission-de-la-transparence-reunion-du-23-mai-2007</t>
+  </si>
+  <si>
+    <t>c_602976</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RIBAMYLASE (alfa amylase)</t>
+  </si>
+  <si>
+    <t>04/07/2007 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985432/fr/ribamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>pprd_2985432</t>
+  </si>
+  <si>
+    <t>alfa amylase</t>
+  </si>
+  <si>
+    <t>FERLUX S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400361/fr/ribamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574613/fr/ribamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574617/fr/ribamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>MEGAMYLASE (alfa amylase)</t>
+  </si>
+  <si>
+    <t>06/06/2007 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985433/fr/megamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>pprd_2985433</t>
+  </si>
+  <si>
+    <t>LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399562/fr/megamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400517/fr/megamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574506/fr/megamylase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>ZYMOPLEX (mélange polyenzymatique (enzymes d’Aspergillus) contentant : amylase, cellulase, protéase, lipase de Rhizopus, diméticone)</t>
+  </si>
+  <si>
+    <t>02/03/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985687/fr/zymoplex-melange-polyenzymatique-enzymes-d-aspergillus-contentant-amylase-cellulase-protease-lipase-de-rhizopus-dimeticone</t>
+  </si>
+  <si>
+    <t>pprd_2985687</t>
+  </si>
+  <si>
+    <t>mélange polyenzymatique (enzymes d’Aspergillus) contentant : amylase, cellulase, protéase, lipase de Rhizopus, diméticone</t>
+  </si>
+  <si>
+    <t>ZAMBON France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400607/fr/zymoplex-melange-polyenzymatique-enzymes-d-aspergillus-contentant-amylase-cellulase-protease-lipase-de-rhizopus-dimeticone</t>
+  </si>
+  <si>
+    <t>MAXILASE (alfa amylase)</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985740/fr/maxilase-alfa-amylase</t>
+  </si>
+  <si>
+    <t>pprd_2985740</t>
+  </si>
+  <si>
+    <t>SANOFI-SYNTHELABO OTC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400514/fr/maxilase-200-u-ceip/ml-sirop-flacon-de-125-ml-code-cip-306-529-9-maxilase-3000-u-ceip-comprime-enrobe-boite-de-24-comprimes-code-cip-3500370</t>
+  </si>
+  <si>
+    <t>AMYLODIASTASE (amylase végétale (Correspondant à : diastase de l’orge germée 16,0%, amylase fongique 5,1%, lactose 42,9%, saccharose 36,0%))</t>
+  </si>
+  <si>
+    <t>13/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985823/fr/amylodiastase-amylase-vegetale-correspondant-a-diastase-de-l-orge-germee-16-0-amylase-fongique-5-1-lactose-42-9-saccharose-36-0</t>
+  </si>
+  <si>
+    <t>pprd_2985823</t>
+  </si>
+  <si>
+    <t>amylase végétale (Correspondant à : diastase de l’orge germée 16,0%, amylase fongique 5,1%, lactose 42,9%, saccharose 36,0%)</t>
+  </si>
+  <si>
+    <t>SERP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400377/fr/amylodiastase-amylase-vegetale-correspondant-a-diastase-de-l-orge-germee-16-0-amylase-fongique-5-1-lactose-42-9-saccharose-36-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>89</v>
+      </c>
+      <c r="D3" t="s">
+        <v>90</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E5" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C3" t="s">
+        <v>114</v>
+      </c>
+      <c r="D3" t="s">
+        <v>115</v>
+      </c>
+      <c r="E3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+      <c r="I2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
+      </c>
+      <c r="I3" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>135</v>
+      </c>
+      <c r="H2" t="s">
+        <v>136</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>137</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>142</v>
+      </c>
+      <c r="H2" t="s">
+        <v>143</v>
+      </c>
+      <c r="I2" t="s">
+        <v>144</v>
+      </c>
+      <c r="J2" t="s">
+        <v>145</v>
+      </c>
+      <c r="K2" t="s">
+        <v>146</v>
+      </c>
+      <c r="L2" t="s">
+        <v>147</v>
+      </c>
+      <c r="M2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I3" t="s">
+        <v>144</v>
+      </c>
+      <c r="J3" t="s">
+        <v>153</v>
+      </c>
+      <c r="K3" t="s">
+        <v>154</v>
+      </c>
+      <c r="L3" t="s">
+        <v>155</v>
+      </c>
+      <c r="M3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>159</v>
+      </c>
+      <c r="H4" t="s">
+        <v>160</v>
+      </c>
+      <c r="I4" t="s">
+        <v>161</v>
+      </c>
+      <c r="J4" t="s">
+        <v>162</v>
+      </c>
+      <c r="K4" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>165</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>166</v>
+      </c>
+      <c r="H5" t="s">
+        <v>167</v>
+      </c>
+      <c r="I5" t="s">
+        <v>144</v>
+      </c>
+      <c r="J5" t="s">
+        <v>168</v>
+      </c>
+      <c r="K5" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>172</v>
+      </c>
+      <c r="H6" t="s">
+        <v>173</v>
+      </c>
+      <c r="I6" t="s">
+        <v>174</v>
+      </c>
+      <c r="J6" t="s">
+        <v>175</v>
+      </c>
+      <c r="K6" t="s">
+        <v>176</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>