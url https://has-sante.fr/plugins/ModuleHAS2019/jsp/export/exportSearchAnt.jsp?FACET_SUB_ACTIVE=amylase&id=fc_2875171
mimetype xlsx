--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,1711 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>04/01/2010 17:15:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this review is to assess the benefit of adding confocal endomicroscopy to the diagnostic strategy in two different scenarios. Two assessment questions were thus selected during the definition phase: Question No. 1: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential before the result of the needle biopsy analysis Question No. 2: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential after the result of the cytological and biochemical analysis and tumour marker assay</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_896376/fr/peptamen-cnedimts-du-08-decembre-2009-2237</t>
-[...284 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
-  </si>
-[...172 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400377/fr/amylodiastase-amylase-vegetale-correspondant-a-diastase-de-l-orge-germee-16-0-amylase-fongique-5-1-lactose-42-9-saccharose-36-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...76 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="B3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>29</v>
-[...259 lines deleted...]
-        <v>80</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...637 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>