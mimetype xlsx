--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,751 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/05/2019 16:53:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
-[...314 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
-[...260 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>KINERET</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/en/kineret-anakinra-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/en/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/en/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>KINERET (anakinra)</t>
   </si>
   <si>
-    <t>18/09/2024 09:09:38</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3330840/fr/kineret-anakinra</t>
+    <t>04/12/2022 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330840/en/kineret-anakinra</t>
   </si>
   <si>
     <t>p_3330840</t>
   </si>
   <si>
     <t>Swedish Orphan Biovitrum (SOBI)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -753,51 +177,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -824,1409 +248,181 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
-[...1226 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>206</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>207</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>208</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>209</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>210</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>211</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>212</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>213</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>215</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>217</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>218</v>
+        <v>29</v>
       </c>
       <c r="O2" t="s">
-        <v>219</v>
+        <v>30</v>
       </c>
       <c r="P2" t="s">
-        <v>220</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>221</v>
+        <v>32</v>
       </c>
       <c r="R2" t="s">
-        <v>222</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>208</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>209</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>224</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>225</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>226</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>213</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>227</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>222</v>
+        <v>33</v>
       </c>
       <c r="L3" t="s">
-        <v>222</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>