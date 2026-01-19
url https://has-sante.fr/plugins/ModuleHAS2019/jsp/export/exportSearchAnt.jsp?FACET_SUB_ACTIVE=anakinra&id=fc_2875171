--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,175 +1,766 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="233">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Amylose AA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
+  </si>
+  <si>
+    <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 30 mars 2022</t>
+  </si>
+  <si>
+    <t>22/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325509/fr/commission-de-la-transparence-reunion-du-30-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3325509</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 février 2022</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313510/fr/commission-de-la-transparence-reunion-du-9-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3313510</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2019</t>
+  </si>
+  <si>
+    <t>14/03/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909894/fr/commission-de-la-transparence-reunion-du-20-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2909894</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2019</t>
+  </si>
+  <si>
+    <t>29/01/2019 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901217/fr/commission-de-la-transparence-reunion-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2901217</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2019</t>
+  </si>
+  <si>
+    <t>16/01/2019 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898177/fr/commission-de-la-transparence-reunion-du-23-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2898177</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745376/fr/commission-de-la-transparence-reunion-du-11-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1745376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 octobre 2013</t>
+  </si>
+  <si>
+    <t>02/10/2013 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649658/fr/commission-de-la-transparence-reunion-du-2-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1649658</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/fr/kineret-anakinra</t>
   </si>
   <si>
     <t>pprd_2982828</t>
   </si>
   <si>
     <t>anakinra</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3330840/en/kineret-anakinra</t>
+    <t>https://www.has-sante.fr/jcms/c_399561/fr/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/fr/kineret-anakinra-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/fr/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/fr/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/fr/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>12/04/2022 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330840/fr/kineret-anakinra</t>
   </si>
   <si>
     <t>p_3330840</t>
   </si>
   <si>
     <t>Swedish Orphan Biovitrum (SOBI)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -177,51 +768,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -248,181 +839,1435 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>92</v>
+      </c>
+      <c r="H16" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>102</v>
+      </c>
+      <c r="H18" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
+        <v>110</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>112</v>
+      </c>
+      <c r="H20" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
+        <v>115</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H21" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+      <c r="I2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>144</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>145</v>
+      </c>
+      <c r="H4" t="s">
+        <v>146</v>
+      </c>
+      <c r="I4" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>149</v>
+      </c>
+      <c r="H5" t="s">
+        <v>150</v>
+      </c>
+      <c r="I5" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>133</v>
+      </c>
+      <c r="B6" t="s">
+        <v>151</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>153</v>
+      </c>
+      <c r="H6" t="s">
+        <v>154</v>
+      </c>
+      <c r="I6" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B7" t="s">
+        <v>155</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>156</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>157</v>
+      </c>
+      <c r="H7" t="s">
+        <v>158</v>
+      </c>
+      <c r="I7" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>133</v>
+      </c>
+      <c r="B8" t="s">
+        <v>159</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>160</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>161</v>
+      </c>
+      <c r="H8" t="s">
+        <v>162</v>
+      </c>
+      <c r="I8" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>133</v>
+      </c>
+      <c r="B9" t="s">
+        <v>163</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>164</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>165</v>
+      </c>
+      <c r="H9" t="s">
+        <v>166</v>
+      </c>
+      <c r="I9" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B10" t="s">
+        <v>167</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>168</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>169</v>
+      </c>
+      <c r="H10" t="s">
+        <v>170</v>
+      </c>
+      <c r="I10" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>133</v>
+      </c>
+      <c r="B11" t="s">
+        <v>171</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>172</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>173</v>
+      </c>
+      <c r="H11" t="s">
+        <v>174</v>
+      </c>
+      <c r="I11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>133</v>
+      </c>
+      <c r="B12" t="s">
+        <v>175</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>176</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>177</v>
+      </c>
+      <c r="H12" t="s">
+        <v>178</v>
+      </c>
+      <c r="I12" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>133</v>
+      </c>
+      <c r="B13" t="s">
+        <v>179</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>180</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>181</v>
+      </c>
+      <c r="H13" t="s">
+        <v>182</v>
+      </c>
+      <c r="I13" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>133</v>
+      </c>
+      <c r="B14" t="s">
+        <v>183</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>184</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H14" t="s">
+        <v>186</v>
+      </c>
+      <c r="I14" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>133</v>
+      </c>
+      <c r="B15" t="s">
+        <v>187</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>188</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>189</v>
+      </c>
+      <c r="H15" t="s">
+        <v>190</v>
+      </c>
+      <c r="I15" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>191</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>192</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>193</v>
+      </c>
+      <c r="H16" t="s">
+        <v>194</v>
+      </c>
+      <c r="I16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>195</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>196</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>197</v>
+      </c>
+      <c r="H17" t="s">
+        <v>198</v>
+      </c>
+      <c r="I17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>199</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>200</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>201</v>
+      </c>
+      <c r="H18" t="s">
+        <v>202</v>
+      </c>
+      <c r="I18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>208</v>
+      </c>
+      <c r="H2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>211</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>214</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>216</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>217</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>219</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>220</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>221</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>223</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>224</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>226</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>228</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>213</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>214</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>229</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>230</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>231</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>232</v>
       </c>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>