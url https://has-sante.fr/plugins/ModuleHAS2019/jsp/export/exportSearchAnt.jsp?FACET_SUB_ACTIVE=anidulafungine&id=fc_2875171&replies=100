--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,305 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Evaluation des technolog" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>18/10/2017 16:24:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...110 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ECALTA (anidulafungine)</t>
   </si>
   <si>
-    <t>18/06/2021 17:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983800/fr/ecalta-anidulafungine</t>
+    <t>06/18/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983800/en/ecalta-anidulafungine</t>
   </si>
   <si>
     <t>pprd_2983800</t>
   </si>
   <si>
     <t>anidulafungine</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_663748/fr/ecalta-anidulafungine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3272112/fr/ecalta-anidulafungine-candidoses-pediatriques</t>
+    <t>https://www.has-sante.fr/jcms/c_663748/en/ecalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987168/en/ecalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730845/en/ecalta-anidulafungin-echinocandin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272112/en/ecalta-anidulafungine-candidoses-pediatriques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -326,411 +218,128 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I7"/>
-[...281 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>