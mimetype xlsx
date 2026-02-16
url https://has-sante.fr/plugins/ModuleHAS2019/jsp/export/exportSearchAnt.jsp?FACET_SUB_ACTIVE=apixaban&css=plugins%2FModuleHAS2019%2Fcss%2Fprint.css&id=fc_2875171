--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,413 +1,2526 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="256">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>10/17/2023 15:45:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SAPIEN 3 MODÈLE 9600 TFX BIOPROTHESE VALVULAIRE AORTIQUE AVEC SYSTEME DE MISE EN PLACE EDWARDS COMMANDER™</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
+    <t>16/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2021 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244168/fr/sapien-3-modele-9600-tfx-bioprothese-valvulaire-aortique-avec-systeme-de-mise-en-place-edwards-commander</t>
+  </si>
+  <si>
+    <t>p_3244168</t>
+  </si>
+  <si>
+    <t>Bioprothèse valvulaire aortique implantée par voie  transfémorale (système COMMANDER)</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>WATCHMAN FLX</t>
+  </si>
+  <si>
+    <t>06/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2015 15:04:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563860/fr/watchman-flx</t>
+  </si>
+  <si>
+    <t>c_2563860</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>WATCHMAN</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2014 10:02:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747094/fr/watchman</t>
+  </si>
+  <si>
+    <t>c_1747094</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Prise en charge des troubles du rythme ou de la conduction lors des cardiopathies congénitales complexes, chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une arythmie supraventriculaire ou ventriculaire dans le contexte d’une CC complexe (CCC), et parmi elles, plus spécifiquement. Il a été élaboré par le Centre de référence des maladies rythmiques héréditaires et de prévention de la mort subite et le Centre de référence pour les malformations cardiaques congénitales complexes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298101/fr/prise-en-charge-des-troubles-du-rythme-ou-de-la-conduction-lors-des-cardiopathies-congenitales-complexes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3298101</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Ventriculaire Droite Arythmogène</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une Cardiomyopathie Ventriculaire Droite Arythmogène - CVDA. Il a été élaboré par le Centre de Référence Maladies Rares (CRMR) des Cardiomyopathies et des Troubles du Rythme Cardiaque Héréditaires ou Rares Sous l'égide et avec le partenariat de la Filière de Santé des maladies Cardiaques héréditaires CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293825/fr/cardiomyopathie-ventriculaire-droite-arythmogene</t>
+  </si>
+  <si>
+    <t>p_3293825</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Conduite diagnostique devant une épaule douloureuse non traumatique de l’adulte et prise en charge des tendinopathies de la coiffe des rotateurs</t>
+  </si>
+  <si>
+    <t>Les douleurs d’épaule sont un motif fréquent de consultation en médecine générale. La principale cause de douleur d’épaule est la pathologie de la coiffe des rotateurs, qui concerne environ 2 douleurs d’épaule sur 3. La prévalence des pathologies de la coiffe des rotateurs augmente avec l’âge. Elles ne sont pas toujours symptomatiques mais peuvent limiter les activités de la vie quotidienne, entrainer des arrêts de travail et altérer la qualité de vie.</t>
+  </si>
+  <si>
+    <t>24/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2023 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459565/fr/conduite-diagnostique-devant-une-epaule-douloureuse-non-traumatique-de-l-adulte-et-prise-en-charge-des-tendinopathies-de-la-coiffe-des-rotateurs</t>
+  </si>
+  <si>
+    <t>p_3459565</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Les anticoagulants oraux</t>
+  </si>
+  <si>
+    <t>Il existe 2 classes d’anticoagulants oraux : les anticoagulants oraux antivitamine K (AVK) utilisés en cas de fibrillation auriculaire (valvulaire ou non valvulaire) et les anticoagulants oraux d’action directe (AOD) utilisés en cas de fibrillation auriculaire non valvulaire.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2018 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851086/fr/les-anticoagulants-oraux</t>
+  </si>
+  <si>
+    <t>c_2851086</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 01 Juin 2022</t>
+  </si>
+  <si>
+    <t>01/06/2022 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342243/fr/commission-de-la-transparence-reunion-du-01-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3342243</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 janvier 2018</t>
+  </si>
+  <si>
+    <t>12/02/2018 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827103/fr/ceesp-reunion-du-16-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2827103</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 septembre 2017</t>
+  </si>
+  <si>
+    <t>20/09/2017 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794732/fr/commission-de-la-transparence-reunion-du-27-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2794732</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 février 2016</t>
+  </si>
+  <si>
+    <t>05/02/2016 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606962/fr/college-deliberatif-du-10-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2606962</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 juin 2013</t>
+  </si>
+  <si>
+    <t>08/10/2013 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651199/fr/ceesp-reunion-du-11-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1651199</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2013</t>
+  </si>
+  <si>
+    <t>03/04/2013 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369828/fr/commission-de-la-transparence-reunion-du-3-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1369828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 janvier 2012</t>
+  </si>
+  <si>
+    <t>04/01/2012 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1171000/fr/commission-de-la-transparence-reunion-du-4-janvier-2012</t>
+  </si>
+  <si>
+    <t>c_1171000</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0018/AC/SEM du 10 février 2016 du collège de la Haute Autorité de santé relatif aux projets de supports élaborés pour l’accompagnement par les pharmaciens d’officine des patients sous traitement anticoagulant oral par voie directe : « Guide d’accompagnement des patients sous anticoagulants oraux directs » et « Entretien pharmaceutique AOD – Fiche de suivi patient »</t>
+  </si>
+  <si>
+    <t>Vu l’article L.161-39 alinéa 2 du code de la sécurité sociale,# Vu les projets « Guide d’accompagnement des patients sous anticoagulants oraux directs » et « Entretien pharmaceutique AOD – Fiche de suivi patient » transmis pour avis par la caisse nationale d’assurance maladie des travailleurs salariés, le 18 décembre 2015,# Vu le résumé des caractéristiques du produit des spécialités concernées,# Vu la fiche Bon Usage du Médicament de la Haute Autorité de santé intitulée « Fibrillation auriculaire non valvulaire Quelle place pour les anticoagulants oraux ? » de septembre 2015,# Vu les derniers avis de la commission de la Transparence sur PRADAXA, ELIQUIS et XARELTO en date du 17 décembre 2014,# Vu le document de la Haute Autorité de santé « Actes et prestations ALD – Fibrillation auriculaire » de juillet 2015,# ADOPTE L’AVIS SUIVANT :# Les projets de supports élaborés à destination des pharmaciens d’officine pour l’accompagnement par les pharmaciens d’officine des patients sous traitement anticoagulant oral par voie directe sont en accord avec les avis de la commission de la Transparence et la fiche de Bon Usage des Médicaments visés ci-dessus sous réserve des modifications proposées :# 1. Document « Guide d’accompagnement des patients sous anticoagulants oraux directs »# · Dans le chapitre « Pourquoi accompagner les patients sous AOD », il est proposé de remplacer la phrase « Ils sont préconisés en 2nde intention par la HAS. » par « Ils sont préconisés en 2nde intention par la HAS dans cette indication au long cours, en raison de l’absence de possibilité de mesurer le degré d’anticoagulation en routine, de la brièveté de leur demi-vie, plus courte que celle des AVK, qui rend leur action très sensible à l’oubli d’une prise et de l’absence d’antidote ».# · Dans le chapitre « 2.3 Suivi de la fonction rénale », il est proposé d’ajouter « Chez les patients de plus de 75 ans ou pesant moins de 60 kg, ou ayant une clairance de la créatinine comprise entre 30 et 60 mL/mn à l’instauration du traitement, une surveillance semestrielle de la créatininémie est requise. Si la clairance de la créatinine était initialement &lt; 30 mL/mn, la fonction rénale doit être évaluée tous les 3 mois dans le cas d’un traitement par Eliquis® ou Xarelto® ; un traitement par Pradaxa® est contre-indiqué dans ce cas. » ;# · Dans le chapitre « 2.6 Autre point de vigilance », il est proposé de rappeler que le dabigatran est à éviter si le poids est inférieur à 50 kg et l’apixaban, si le poids est inférieur à 60 kg ;# · Dans le chapitre « 2.7 L’alimentation et les compléments alimentaires », il est proposé d’ajouter « Le rivaroxaban doit être pris avec des aliments » ;# · Il est proposé d’ajouter la nécessité d’un suivi hématologique : « Le dosage de l’hémoglobine doit être effectué au moins chaque année et, si besoin, en cas d’événement intercurrent ».# 2. Document « Entretien pharmaceutique AOD – Fiche de suivi patient »#</t>
+  </si>
+  <si>
+    <t>10/02/2016 17:12:00</t>
+  </si>
+  <si>
+    <t>19/02/2016 12:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610373/fr/avis-n-2016-0018/ac/sem-du-10-fevrier-2016-du-college-de-la-haute-autorite-de-sante-relatif-aux-projets-de-supports-elabores-pour-l-accompagnement-par-les-pharmaciens-d-officine-des-patients-sous-traitement-anticoagulant-oral-par-voie-directe-guide-d-accompagnement-des-patients-sous-anticoagulants-oraux-directs-et-entretien-pharmaceutique-aod-fiche-de-suivi-patient</t>
+  </si>
+  <si>
+    <t>c_2610373</t>
+  </si>
+  <si>
+    <t>Décision n°2015.0041/DC/SBPP du 12 février 2015 du collège de la Haute Autorité de santé portant modification de la recommandation de bonne pratique « Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire »</t>
+  </si>
+  <si>
+    <t>Décision n°2015.0041/DC/SBPP du 12 février 2015 du collège de la Haute Autorité de santé modifiant la recommandation de bonne pratique « Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire »</t>
+  </si>
+  <si>
+    <t>23/02/2015 10:10:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761269/fr/decision-n2015-0041/dc/sbpp-du-12-fevrier-2015-du-college-de-la-haute-autorite-de-sante-portant-modification-de-la-recommandation-de-bonne-pratique-prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1761269</t>
+  </si>
+  <si>
+    <t>AVIS N° 2013.0045/AC/SEM du 25 avril 2013 du Collège de la Haute Autorité de Santé relatif au projet de référentiel sur la prescription des nouveaux anticoagulants oraux dans la fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le collège de la Haute Autorité de Santé ayant valablement délibéré en sa séance du 25 avril 2013,# Vu l’article L.161-39 alinéa 2 du code de la sécurité sociale,# Vu le projet de référentiel sur la prescription des nouveaux anticoagulants oraux (NACO) dans la fibrillation auriculaire non valvulaire, transmis pour avis par la caisse nationale d’assurance maladie des travailleurs salariés, le 26 février 2013,# Considérant que ce référentiel :# - a pour objectif de donner aux médecins généralistes libéraux, puis aux cardiologues par les délégués de l’assurance maladie, des repères simples en vue d’un usage optimal de ces médicaments,# - a un enjeu de santé publique et une dimension économique importante,# Considérant qu’un autre NACO a une autorisation de mise sur le marché (AMM) dans la fibrillation auriculaire,# ADOPTE L’AVIS SUIVANT :# Sous réserve que les remarques ci-après exposées soient prises en compte, le collège de la Haute Autorité de Santé donne un avis favorable au référentiel sur la prescription des nouveaux anticoagulants oraux (NACO) dans la fibrillation auriculaire non valvulaire.</t>
+  </si>
+  <si>
+    <t>25/04/2013 10:25:00</t>
+  </si>
+  <si>
+    <t>16/05/2013 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544805/fr/avis-n-2013-0045/ac/sem-du-25-avril-2013-du-college-de-la-haute-autorite-de-sante-relatif-au-projet-de-referentiel-sur-la-prescription-des-nouveaux-anticoagulants-oraux-dans-la-fibrillation-auriculaire</t>
+  </si>
+  <si>
+    <t>c_1544805</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ELIQUIS (apixaban)</t>
+  </si>
+  <si>
+    <t>13/06/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/fr/eliquis-apixaban</t>
   </si>
   <si>
     <t>pprd_2983394</t>
   </si>
   <si>
     <t>apixaban</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+    <t>https://www.has-sante.fr/jcms/c_1215842/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/fr/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/fr/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/fr/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/fr/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>79</v>
+      </c>
+      <c r="H11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>82</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>83</v>
+      </c>
+      <c r="H12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
+      <c r="H15" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D3" t="s">
+        <v>110</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D4" t="s">
+        <v>116</v>
+      </c>
+      <c r="E4" t="s">
+        <v>117</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>118</v>
+      </c>
+      <c r="H4" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B6" t="s">
+        <v>126</v>
+      </c>
+      <c r="C6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>130</v>
+      </c>
+      <c r="H6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>140</v>
+      </c>
+      <c r="D3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>143</v>
+      </c>
+      <c r="H3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>149</v>
+      </c>
+      <c r="H2" t="s">
+        <v>150</v>
+      </c>
+      <c r="I2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>154</v>
+      </c>
+      <c r="H3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>157</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>158</v>
+      </c>
+      <c r="H4" t="s">
+        <v>159</v>
+      </c>
+      <c r="I4" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B6" t="s">
+        <v>164</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>165</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>166</v>
+      </c>
+      <c r="H6" t="s">
+        <v>167</v>
+      </c>
+      <c r="I6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>146</v>
+      </c>
+      <c r="B7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>169</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>170</v>
+      </c>
+      <c r="H7" t="s">
+        <v>171</v>
+      </c>
+      <c r="I7" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>146</v>
+      </c>
+      <c r="B8" t="s">
+        <v>172</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>173</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>174</v>
+      </c>
+      <c r="H8" t="s">
+        <v>175</v>
+      </c>
+      <c r="I8" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>146</v>
+      </c>
+      <c r="B9" t="s">
+        <v>176</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>177</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>178</v>
+      </c>
+      <c r="H9" t="s">
+        <v>179</v>
+      </c>
+      <c r="I9" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>146</v>
+      </c>
+      <c r="B10" t="s">
+        <v>180</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>181</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>182</v>
+      </c>
+      <c r="H10" t="s">
+        <v>183</v>
+      </c>
+      <c r="I10" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>146</v>
+      </c>
+      <c r="B11" t="s">
+        <v>184</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>185</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>186</v>
+      </c>
+      <c r="H11" t="s">
+        <v>187</v>
+      </c>
+      <c r="I11" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>146</v>
+      </c>
+      <c r="B12" t="s">
+        <v>188</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>189</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>190</v>
+      </c>
+      <c r="H12" t="s">
+        <v>191</v>
+      </c>
+      <c r="I12" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>146</v>
+      </c>
+      <c r="B13" t="s">
+        <v>192</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>193</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>194</v>
+      </c>
+      <c r="H13" t="s">
+        <v>195</v>
+      </c>
+      <c r="I13" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>146</v>
+      </c>
+      <c r="B14" t="s">
+        <v>196</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>197</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>198</v>
+      </c>
+      <c r="H14" t="s">
+        <v>199</v>
+      </c>
+      <c r="I14" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>146</v>
+      </c>
+      <c r="B15" t="s">
+        <v>200</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>201</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>202</v>
+      </c>
+      <c r="H15" t="s">
+        <v>203</v>
+      </c>
+      <c r="I15" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>146</v>
+      </c>
+      <c r="B16" t="s">
+        <v>204</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>205</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>206</v>
+      </c>
+      <c r="H16" t="s">
+        <v>207</v>
+      </c>
+      <c r="I16" t="s">
+        <v>151</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C2" t="s">
+        <v>210</v>
+      </c>
+      <c r="D2" t="s">
+        <v>211</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D3" t="s">
+        <v>217</v>
+      </c>
+      <c r="E3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>219</v>
+      </c>
+      <c r="H3" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C4" t="s">
+        <v>222</v>
+      </c>
+      <c r="D4" t="s">
+        <v>223</v>
+      </c>
+      <c r="E4" t="s">
+        <v>224</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>225</v>
+      </c>
+      <c r="H4" t="s">
+        <v>226</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>227</v>
+      </c>
+      <c r="B2" t="s">
+        <v>228</v>
+      </c>
+      <c r="C2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>231</v>
+      </c>
+      <c r="H2" t="s">
+        <v>232</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>233</v>
       </c>
       <c r="J1" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>235</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>236</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>238</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>239</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>241</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>242</v>
       </c>
       <c r="L2" t="s">
-        <v>33</v>
+        <v>243</v>
       </c>
       <c r="M2" t="s">
-        <v>34</v>
+        <v>244</v>
       </c>
       <c r="N2" t="s">
-        <v>35</v>
+        <v>245</v>
       </c>
       <c r="O2" t="s">
-        <v>36</v>
+        <v>246</v>
       </c>
       <c r="P2" t="s">
-        <v>37</v>
+        <v>247</v>
       </c>
       <c r="Q2" t="s">
-        <v>38</v>
+        <v>248</v>
       </c>
       <c r="R2" t="s">
-        <v>39</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>250</v>
+      </c>
+      <c r="B2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C2" t="s">
+        <v>252</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>254</v>
+      </c>
+      <c r="H2" t="s">
+        <v>255</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>