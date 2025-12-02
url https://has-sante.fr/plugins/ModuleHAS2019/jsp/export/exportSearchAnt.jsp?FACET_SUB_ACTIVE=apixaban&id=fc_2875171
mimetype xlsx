--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -131,51 +131,51 @@
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">