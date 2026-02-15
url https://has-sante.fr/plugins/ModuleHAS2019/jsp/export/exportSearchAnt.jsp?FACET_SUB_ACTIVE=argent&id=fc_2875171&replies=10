--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -1,11584 +1,1497 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Studies and Reports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Tool to improve professi" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2254" uniqueCount="1338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="152">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...2 lines deleted...]
-    <t>Déploiement de la bientraitance et gestion des signaux de maltraitance en institutions sanitaires, médico-sociales et sociales (repérage et analyse) - Note de cadrage</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>How to judge a proposal for a screening programme</t>
+  </si>
+  <si>
+    <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/04/2023 00:00:00</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
+    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Description</t>
-[...1199 lines deleted...]
-    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>10/07/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>La médiation en santé pour les personnes éloignées des systèmes de prévention et de soins</t>
-[...314 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Place et gestion de la trachéotomie dans la prise en charge de la dépendance ventilatoire des patients atteints de maladies neuromusculaires lentement évolutives</t>
+    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
   </si>
   <si>
     <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
   </si>
   <si>
-    <t>05/11/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3217806/fr/place-et-gestion-de-la-tracheotomie-dans-la-prise-en-charge-de-la-dependance-ventilatoire-des-patients-atteints-de-maladies-neuromusculaires-lentement-evolutives</t>
+    <t>11/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
   </si>
   <si>
     <t>p_3217806</t>
   </si>
   <si>
-    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
-[...473 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Abus, dépendances et polyconsommations : stratégies de soins</t>
-[...74 lines deleted...]
-    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>01/11/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Modalités de sevrage chez les toxicomanes dépendant des opiacés</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
+    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
+  </si>
+  <si>
+    <t>Enteral accesses for enteral nutrition involve nasogastric, nasoduodenal and nasojejunal tubes, and gastrostomy and jejunostomy tubes in adults. These guidelines describe the sequences of recommended actions for inserting a nasogastric tube, and also for monitoring, daily care, and informing and educating the patients about the three possible enteral accesses. They do not cover indications for enteral nutrition, insertion of gastrostomy and jejunostomy tubes or procedures for administering or monitoring nutrition products.</t>
+  </si>
+  <si>
+    <t>04/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
   </si>
   <si>
     <t>c_272139</t>
   </si>
   <si>
-    <t>Liberté d’aller et venir dans les établissements sanitaires et médico-sociaux, et obligation de soins et de sécurité</t>
-[...284 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>TThe aim was to assess the benefits of placing a provisional crown during the interval between tooth preparation and placement of the definitive crown. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for these provisional crowns in the case of restorations. Provisional crown placement is a long-standing routine practice in dental surgery</t>
+  </si>
+  <si>
+    <t>02/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
-[...38 lines deleted...]
-    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>01/03/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1528391/fr/evaluation-des-implants-de-pontage</t>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objectives of the re-assessment of bypass implants were to: * determine the indications for bypass implants; * assess their actual benefit in each indication; * define their role in treatment; * identify which technical specifications influence their actual benefit, in order to avoid coding errors and clarify which devices should be included under generic descriptions; * suggest an updated nomenclature; * estimate the target population; * define CNEDIMTS’ expectations for studies submitted during applications for inclusion under brand name; * define the terms of use and terms of prescribing envisaged for inclusion of products in the LPPR.</t>
+  </si>
+  <si>
+    <t>04/23/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/23/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
   </si>
   <si>
     <t>c_1528391</t>
   </si>
   <si>
-    <t>Évaluation des implants du rachis (cage intersomatique, cale métallique interépineuse, coussinet, implant d’appui sacré)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1517325/fr/evaluation-des-implants-du-rachis-cage-intersomatique-cale-metallique-interepineuse-coussinet-implant-d-appui-sacre</t>
+    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
+  </si>
+  <si>
+    <t>The aims of reassessing spinal implants are to : - determine the indications for spinal implants ; - assess their actual benefit per indication ; - define their place in therapeutic strategy ; - characterise the technical specifications which determine the actual benefit, so as to avoid classification mistakes and clarify which devices are covered by the current generic description ; - propose an updated nomenclature based on the form and composition of devices ; - estimate their target population ; - define the level of evidence required for the trials submitted with applications for inclusion under the brand name ; - define the conditions of use and prescription for inclusion of the products on the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>03/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/11/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
   </si>
   <si>
     <t>c_1517325</t>
   </si>
   <si>
-    <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
+    <t>Wound dressings: Indications and recommended uses - April 2011</t>
+  </si>
+  <si>
+    <t>Certain chronic or acute wound types qualify for the reimbursement of dressings included in the list of products and services qualifying for reimbursement (LPPR). These have been assessed by the Haute Autorité de Santé (HAS) National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS). Following this report, the classification of reimbursable dressings was amended (order dated 16 July 2010, published in the Official Journal dated 7August 2010). The use of the various dressings listed in this classification, as amended by the HAS recommendations, is summarised here to help healthcare professionals prescribe the most suitable dressings for wound care.</t>
+  </si>
+  <si>
+    <t>04/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/en/wound-dressings-indications-and-recommended-uses-april-2011</t>
   </si>
   <si>
     <t>r_1438004</t>
   </si>
   <si>
-    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
-[...5 lines deleted...]
-    <t>01/10/2012 00:00:00</t>
+    <t>Summary - Tubular Orthoses and Bandages used in orthopaedics/degenerative rheumatology/traumatology</t>
+  </si>
+  <si>
+    <t>To assess the therapeutic benefit of tubular orthoses and bandages for use in orthopaedics/traumatology/rheumatology, taking account of the therapeutic effect/undesirable effect ratio of these products, their place in therapeutic strategy and their public health benefit. Finally, this assessment aims to set out guidelines on their indications with a view to reimbursement, specifying procedures for their use and prescription if appropriate.</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
   </si>
   <si>
     <t>10/10/2012 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
+    <t>https://www.has-sante.fr/jcms/c_1318289/en/summary-tubular-orthoses-and-bandages-used-in-orthopaedics/degenerative-rheumatology/traumatology</t>
   </si>
   <si>
     <t>c_1318289</t>
   </si>
   <si>
-    <t>Évaluation des pansements</t>
-[...52 lines deleted...]
-  <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Replay available - Symposium HAS "Health: innovation serving people"</t>
+  </si>
+  <si>
+    <t>12/02/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/en/replay-available-symposium-has-health-innovation-serving-people</t>
   </si>
   <si>
     <t>p_3517592</t>
   </si>
   <si>
-    <t>Conseil pour l’engagement des usagers - Réunion du 19 mars 2024</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Regarder en replay - Webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?</t>
-[...431 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
-  </si>
-[...310 lines deleted...]
-    <t>c_613048</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1215</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>1216</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>1217</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1218</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>1219</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1215</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>1220</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>1221</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1222</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>1223</v>
-[...77 lines deleted...]
-        <v>1236</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-[...2903 lines deleted...]
-
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2198 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>883</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>884</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>885</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>886</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>887</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>888</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>889</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>891</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>892</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>893</v>
+        <v>39</v>
       </c>
       <c r="E2" t="s">
-        <v>894</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>895</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>896</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>897</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>898</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>899</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>900</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>901</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>902</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>903</v>
+        <v>49</v>
       </c>
       <c r="C4" t="s">
-        <v>904</v>
+        <v>50</v>
       </c>
       <c r="D4" t="s">
-        <v>899</v>
+        <v>51</v>
       </c>
       <c r="E4" t="s">
-        <v>900</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>905</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>906</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>907</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
-        <v>908</v>
+        <v>56</v>
       </c>
       <c r="D5" t="s">
-        <v>607</v>
+        <v>57</v>
       </c>
       <c r="E5" t="s">
-        <v>909</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>910</v>
+        <v>59</v>
       </c>
       <c r="H5" t="s">
-        <v>911</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>912</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>913</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>914</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>915</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>916</v>
+        <v>65</v>
       </c>
       <c r="H6" t="s">
-        <v>917</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>918</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>919</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>920</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
-        <v>921</v>
+        <v>70</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>922</v>
+        <v>71</v>
       </c>
       <c r="H7" t="s">
-        <v>923</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>890</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>924</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>925</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
-        <v>926</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
-        <v>927</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>928</v>
+        <v>76</v>
       </c>
       <c r="H8" t="s">
-        <v>929</v>
-[...259 lines deleted...]
-        <v>989</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>992</v>
+        <v>79</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="E2" t="s">
-        <v>993</v>
+        <v>82</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>994</v>
+        <v>83</v>
       </c>
       <c r="H2" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>996</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B3" t="s">
-        <v>997</v>
+        <v>85</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="E3" t="s">
-        <v>998</v>
+        <v>88</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>999</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>1002</v>
+        <v>91</v>
       </c>
       <c r="C4" t="s">
-        <v>1003</v>
+        <v>92</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="E4" t="s">
-        <v>1004</v>
+        <v>94</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1005</v>
+        <v>95</v>
       </c>
       <c r="H4" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>1008</v>
+        <v>97</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>99</v>
       </c>
       <c r="E5" t="s">
-        <v>1009</v>
+        <v>100</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1010</v>
+        <v>101</v>
       </c>
       <c r="H5" t="s">
-        <v>1011</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>102</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>1012</v>
+        <v>103</v>
       </c>
       <c r="C6" t="s">
-        <v>1013</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>105</v>
       </c>
       <c r="E6" t="s">
-        <v>1014</v>
+        <v>106</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1015</v>
+        <v>107</v>
       </c>
       <c r="H6" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>108</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B7" t="s">
-        <v>1017</v>
+        <v>109</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="E7" t="s">
-        <v>1018</v>
+        <v>112</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1019</v>
+        <v>113</v>
       </c>
       <c r="H7" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>114</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>1021</v>
+        <v>115</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="E8" t="s">
-        <v>1022</v>
+        <v>118</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1023</v>
+        <v>119</v>
       </c>
       <c r="H8" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>991</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>1025</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="E9" t="s">
-        <v>1022</v>
+        <v>124</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1026</v>
+        <v>125</v>
       </c>
       <c r="H9" t="s">
-        <v>1027</v>
-[...930 lines deleted...]
-        <v>1001</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1157</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>1158</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
-        <v>1159</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1160</v>
+        <v>130</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1161</v>
+        <v>131</v>
       </c>
       <c r="H2" t="s">
-        <v>1162</v>
+        <v>132</v>
+      </c>
+      <c r="I2" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1157</v>
+        <v>128</v>
       </c>
       <c r="B3" t="s">
-        <v>1163</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>135</v>
       </c>
       <c r="D3" t="s">
-        <v>1164</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1165</v>
+        <v>136</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1166</v>
+        <v>137</v>
       </c>
       <c r="H3" t="s">
-        <v>1167</v>
-[...207 lines deleted...]
-        <v>1214</v>
+        <v>138</v>
+      </c>
+      <c r="I3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H2" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>