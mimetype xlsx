--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -1,617 +1,4197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="448">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ATEMPERO</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394153/fr/atempero</t>
+  </si>
+  <si>
+    <t>p_3394153</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales</t>
+  </si>
+  <si>
+    <t>NUTRISENS</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2016 10:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607808/fr/oral-impact</t>
+  </si>
+  <si>
+    <t>c_2607808</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION FRANCE</t>
+  </si>
+  <si>
+    <t>PROTIBIS</t>
+  </si>
+  <si>
+    <t>23/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/02/2016 17:59:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611680/fr/protibis</t>
+  </si>
+  <si>
+    <t>c_2611680</t>
+  </si>
+  <si>
+    <t>SOLIDAGES</t>
+  </si>
+  <si>
+    <t>IMPACT ENTERAL</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition entérale</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2012 15:33:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340503/fr/impact-enteral</t>
+  </si>
+  <si>
+    <t>c_1340503</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340505/fr/oral-impact</t>
+  </si>
+  <si>
+    <t>c_1340505</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222315/fr/nutri-energie-17-avril-2012-4227-avis</t>
+  </si>
+  <si>
+    <t>c_1222315</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>AMINOTROPH - 29 novembre 2011 (3903) avis</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2011 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101371/fr/aminotroph-29-novembre-2011-3903-avis</t>
+  </si>
+  <si>
+    <t>c_1101371</t>
+  </si>
+  <si>
+    <t>Laboratoires BIOETHIC (France)</t>
+  </si>
+  <si>
+    <t>FRESUBIN DB CONTROL - 12 octobre 2010 (3116) avis</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale NUTRITION – Nouveau produit Progrès mineur par rapport aux mélanges polymériques standards pour la prise en charge des patients diabétiques de type 2 dénutris ou à risque de dénutrition. Avis défavorable au remboursement dans la prise en charge des patients intolérants au glucose dénutris ou à risque de dénutrition</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2010 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993544/fr/fresubin-db-control-12-octobre-2010-3116-avis</t>
+  </si>
+  <si>
+    <t>c_993544</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT - 13 juillet 2010 (2642) avis</t>
+  </si>
+  <si>
+    <t>13/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973415/fr/oral-impact-13-juillet-2010-2642-avis</t>
+  </si>
+  <si>
+    <t>c_973415</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>IMPACT ENTERAL - 13 juillet 2010 (2641) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973418/fr/impact-enteral-13-juillet-2010-2641-avis</t>
+  </si>
+  <si>
+    <t>c_973418</t>
+  </si>
+  <si>
+    <t>REALDIET PEPTIDE - 04 mai 2010 (2414) avis</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition– Renouvellement d’inscription Avis défavorable au remboursement pour la restauration ou le maintien de l’état nutrtionnel en cas de malabsorption digestive sévère.</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2010 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950930/fr/realdiet-peptide-04-mai-2010-2414-avis</t>
+  </si>
+  <si>
+    <t>c_950930</t>
+  </si>
+  <si>
+    <t>Lactalis Nutrition Santé (France)</t>
+  </si>
+  <si>
+    <t>SONDALIS G - CNEDiMTS du 09 février 2010 (2240)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale Nutrition – Modification d’inscription Avis défavorable au remboursement pour l’alimentation entérale des diabétiques dont les besoins ne peuvent être couverts par une alimentation normale</t>
+  </si>
+  <si>
+    <t>09/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915265/fr/sondalis-g-cnedimts-du-09-fevrier-2010-2240</t>
+  </si>
+  <si>
+    <t>c_915265</t>
+  </si>
+  <si>
+    <t>CLINUTREN PROTECT - CNEDiMTS du 09 février 2010 (2243)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Avis défavorable au remboursement dans la prise en charge des patients dénutris ou à risque de dénutrition, sous chimiothérapie anticancéreuse, à risque de mucites</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915270/fr/clinutren-protect-cnedimts-du-09-fevrier-2010-2243</t>
+  </si>
+  <si>
+    <t>c_915270</t>
+  </si>
+  <si>
+    <t>CLINUTREN G - CNEDiMTS du 09 février 2010 (2242)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Avis défavorable au remboursement</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915273/fr/clinutren-g-cnedimts-du-09-fevrier-2010-2242</t>
+  </si>
+  <si>
+    <t>c_915273</t>
+  </si>
+  <si>
+    <t>DIBEN - CNEDiMTS du 08 décembre 2009 (2235)</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2010 17:01:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901519/fr/diben-cnedimts-du-08-decembre-2009-2235</t>
+  </si>
+  <si>
+    <t>c_901519</t>
+  </si>
+  <si>
+    <t>MODULEN IBD - CNEDiMTS du 08 décembre 2009 (2236)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale et entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie. Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
+  </si>
+  <si>
+    <t>c_896360</t>
+  </si>
+  <si>
+    <t>CLINUTREN REPAIR - CNEDiMTS du 08 décembre 2009 (2244)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Pas de progrès par rapport aux autres mélanges polymériques, hyperprotidiques et normoénergétiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896367/fr/clinutren-repair-cnedimts-du-08-decembre-2009-2244</t>
+  </si>
+  <si>
+    <t>c_896367</t>
+  </si>
+  <si>
+    <t>PEPTAMEN - CNEDiMTS du 08 décembre 2009 (2237)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie.Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896376/fr/peptamen-cnedimts-du-08-decembre-2009-2237</t>
+  </si>
+  <si>
+    <t>c_896376</t>
+  </si>
+  <si>
+    <t>PEPTAMEN HN - CNEDiMTS du 08 décembre 2009 (2239)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition - Renouvellement d’inscription Progrès mineur par rapport aux mélanges polymériques dans la prise en charge de patients dénutris ou à risque de dénutrition, uniquement dans une indication : les syndromes de malabsorption. Pas de progrès dans la maladie de Crohn et dans la pancréatite aigue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896380/fr/peptamen-hn-cnedimts-du-08-decembre-2009-2239</t>
+  </si>
+  <si>
+    <t>c_896380</t>
+  </si>
+  <si>
+    <t>Produits pour nutrition à domicile et prestations associées</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479172/fr/produits-pour-nutrition-a-domicile-et-prestations-associees</t>
+  </si>
+  <si>
+    <t>c_479172</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>15/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398632/fr/impact-enteral</t>
+  </si>
+  <si>
+    <t>c_398632</t>
+  </si>
+  <si>
+    <t>Novartis Nutrition SAS</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT POWDER, poudre à diluer (voie orale)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398641/fr/oral-impact-powder-poudre-a-diluer-voie-orale</t>
+  </si>
+  <si>
+    <t>c_398641</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398642/fr/oral-impact</t>
+  </si>
+  <si>
+    <t>c_398642</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>REVERPLEG (argipressine (acétate d'))</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Mesure de l’insulinorésistance et de l’insulinosécrétion</t>
+  </si>
+  <si>
+    <t>L’insulinorésistance se définit comme un état de diminution de la réponse cellulaire et tissulaire à l’insuline. Associée à la diminution de la capacité sécrétoire de l’insuline, elle conduit au développement du diabète de type 2. Les actes de mesure de la sensibilité à l'insuline par administration intraveineuse de glucose et d'insuline, avec ou sans mesure de la production hépatique de glucose, encore appelés clamp euglycémique hyperinsulinémique sont des techniques de détermination du degré de l’insulinorésistance d’un patient et du siège de cette insulinorésistance (périphérique ou hépatique) dans le cas de mesure de la production hépatique de glucose. L’acte de mesure de la sécrétion de l'insuline, par administration intraveineuse de glucose, est une technique de détermination du degré de la sécrétion d’insuline par les cellules bêta pancréatiques du patient. Ce rapport décrit l’évaluation de l’efficacité et de la place de ces actes dans la stratégie de prise en charge des patients insulinorésistants.</t>
+  </si>
+  <si>
+    <t>18/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2006 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498730/fr/mesure-de-l-insulinoresistance-et-de-l-insulinosecretion</t>
+  </si>
+  <si>
+    <t>r_1498730</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 septembre 2024</t>
+  </si>
+  <si>
+    <t>04/09/2024 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538444/fr/commission-de-la-transparence-reunion-du-11-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3538444</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2024</t>
+  </si>
+  <si>
+    <t>02/05/2024 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515373/fr/college-deliberatif-du-2-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3515373</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 8 novembre 2022</t>
+  </si>
+  <si>
+    <t>26/10/2022 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382249/fr/cnedimts-du-8-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3382249</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Réunion du 20 octobre 2020</t>
+  </si>
+  <si>
+    <t>19/10/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213262/fr/reunion-du-20-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3213262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2019</t>
+  </si>
+  <si>
+    <t>16/01/2019 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898177/fr/commission-de-la-transparence-reunion-du-23-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2898177</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0129/DC/SEM du 2 mai 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LOARGYS (pegzilarginase)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LOARGYS (pegzilarginase) dans l'indication « traitement du déficit en arginase 1 (ARG1-D), également connu sous le nom d’hyperargininémie, chez les adultes, les adolescents et les enfants âgés de 2 ans et plus ».</t>
+  </si>
+  <si>
+    <t>02/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516974/fr/decision-n2024-0129/dc/sem-du-2-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-loargys-pegzilarginase</t>
+  </si>
+  <si>
+    <t>p_3516974</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>REVERPLEG (argipressine (arginine vasopressine))</t>
   </si>
   <si>
     <t>10/10/2024 10:00:42</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982833/en/reverpleg-argipressine-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982833/fr/reverpleg-argipressine-arginine-vasopressine</t>
   </si>
   <si>
     <t>pprd_2982833</t>
   </si>
   <si>
     <t>argipressine (arginine vasopressine)</t>
   </si>
   <si>
     <t>AOP ORPHAN PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2909816/en/reverpleg-argipressine-acetate-d</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546940/en/reverpleg-argipressin-catecholamine-refractory-hypotension-following-septic-shock</t>
+    <t>https://www.has-sante.fr/jcms/c_2909816/fr/reverpleg-argipressine-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546940/fr/reverpleg-argipressine-arginine-vasopressine-hypotension-refractaire-dans-le-choc-septique</t>
+  </si>
+  <si>
+    <t>COSIMPREL (périndopril arginine/ bisoprolol (fumarate de))</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983286/fr/cosimprel-perindopril-arginine/-bisoprolol-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983286</t>
+  </si>
+  <si>
+    <t>périndopril arginine,bisoprolol (fumarate de)</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676787/fr/cosimprel-perindopril-arginine/-bisoprolol-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851016/fr/cosimprel-perindopril-arginine/-bisoprolol-fumarate-de</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
   </si>
   <si>
     <t>COVERAM (amlodipine (bésilate d')/ périndopril arginine)</t>
   </si>
   <si>
-    <t>06/26/2014 18:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984749/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+    <t>26/06/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984749/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
   </si>
   <si>
     <t>pprd_2984749</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),périndopril arginine</t>
   </si>
   <si>
-    <t>SERVIER</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1750090/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+    <t>https://www.has-sante.fr/jcms/c_840942/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750090/fr/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>PRETERAX - BIPRETERAX (périndopril arginine/ indapamide)</t>
+  </si>
+  <si>
+    <t>26/05/2014 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984759/fr/preterax-bipreterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>pprd_2984759</t>
+  </si>
+  <si>
+    <t>périndopril arginine,indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399454/fr/preterax-2-mg/0-625-mg-comprime-secable-boite-de-30-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538065/fr/preterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743360/fr/preterax-bipreterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969968/fr/bipreterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399412/fr/bipreterax-4-mg/1-25-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>COVERSYL (périndopril arginine)</t>
+  </si>
+  <si>
+    <t>04/12/2013 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984860/fr/coversyl-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>pprd_2984860</t>
+  </si>
+  <si>
+    <t>périndopril arginine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398879/fr/coversyl-2-mg-comprimes-secables-boite-de-30-coversyl-4-mg-comprimes-secables-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459859/fr/coversyl-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642396/fr/coversyl-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702121/fr/coversyl-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>BIOCOVERSYL (périndopril arginine)</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985395/fr/biocoversyl-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>pprd_2985395</t>
+  </si>
+  <si>
+    <t>Laboratoires SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642960/fr/biocoversyl-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
+  </si>
+  <si>
+    <t>HEPARGITOL (acide citrique/ sorbitol/ chlorhydrate d’arginine/ sulfate de sodium anhydre/ hydrogénophosphate de sodium)</t>
+  </si>
+  <si>
+    <t>02/03/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985760/fr/hepargitol-acide-citrique/-sorbitol/-chlorhydrate-d-arginine/-sulfate-de-sodium-anhydre/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985760</t>
+  </si>
+  <si>
+    <t>acide citrique,sorbitol,chlorhydrate d’arginine,sulfate de sodium anhydre,hydrogénophosphate de sodium</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400487/fr/hepargitol-acide-citrique/-sorbitol/-chlorhydrate-d-arginine/-sulfate-de-sodium-anhydre/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>Ce travail répond à la mesure 1 du Plan Autisme. L’objectif de cette mesure est d’élaborer un corpus de connaissances commun sur l’autisme. Plus précisément, ce travail a permis d’identifier les messages-clés permettant de diffuser les connaissances relatives : à la définition de l’autisme et des autres TED et leurs différentes formes cliniques ; aux données épidémiologiques et facteurs associés à l’autisme et autres TED ; aux spécificités du fonctionnement de la personne avec TED ; aux outils d’évaluation du fonctionnement à disposition des professionnels (outils de repérage, de diagnostic, de suivi de l'évolution) ; aux interventions proposées (description, objectifs, critères de jugement de l’efficacité).</t>
+  </si>
+  <si>
+    <t>24/03/2010 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935617/fr/autisme-et-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_935617</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J25"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>20</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" t="s">
+        <v>20</v>
+      </c>
+      <c r="J6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>69</v>
+      </c>
+      <c r="H12" t="s">
+        <v>70</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>80</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>92</v>
+      </c>
+      <c r="H16" t="s">
+        <v>93</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>102</v>
+      </c>
+      <c r="H18" t="s">
+        <v>103</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="s">
+        <v>95</v>
+      </c>
+      <c r="E19" t="s">
+        <v>101</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>95</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>110</v>
+      </c>
+      <c r="H20" t="s">
+        <v>111</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>112</v>
+      </c>
+      <c r="C21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>114</v>
+      </c>
+      <c r="H21" t="s">
+        <v>115</v>
+      </c>
+      <c r="I21" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>116</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>117</v>
+      </c>
+      <c r="E22" t="s">
+        <v>118</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>119</v>
+      </c>
+      <c r="H22" t="s">
+        <v>120</v>
+      </c>
+      <c r="I22" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>122</v>
+      </c>
+      <c r="E23" t="s">
+        <v>122</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>123</v>
+      </c>
+      <c r="H23" t="s">
+        <v>124</v>
+      </c>
+      <c r="I23" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" t="s">
+        <v>122</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>127</v>
+      </c>
+      <c r="H24" t="s">
+        <v>128</v>
+      </c>
+      <c r="I24" t="s">
+        <v>12</v>
+      </c>
+      <c r="J24" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>122</v>
+      </c>
+      <c r="E25" t="s">
+        <v>122</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>129</v>
+      </c>
+      <c r="H25" t="s">
+        <v>130</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>131</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>134</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>135</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>137</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>131</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>142</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
-[...51 lines deleted...]
-        <v>40</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L3"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>144</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>145</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>147</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>148</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
-[...11 lines deleted...]
-        <v>52</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>44</v>
+        <v>144</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>150</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>54</v>
+        <v>152</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>55</v>
+        <v>153</v>
       </c>
       <c r="H3" t="s">
-        <v>56</v>
+        <v>154</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C4" t="s">
+        <v>156</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>157</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>158</v>
+      </c>
+      <c r="H4" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C5" t="s">
+        <v>161</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>163</v>
+      </c>
+      <c r="H5" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B6" t="s">
+        <v>165</v>
+      </c>
+      <c r="C6" t="s">
+        <v>166</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>168</v>
+      </c>
+      <c r="H6" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>144</v>
+      </c>
+      <c r="B7" t="s">
+        <v>170</v>
+      </c>
+      <c r="C7" t="s">
+        <v>171</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>172</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>173</v>
+      </c>
+      <c r="H7" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C8" t="s">
+        <v>176</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>177</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>178</v>
+      </c>
+      <c r="H8" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>144</v>
+      </c>
+      <c r="B9" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" t="s">
+        <v>181</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>183</v>
+      </c>
+      <c r="H9" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B10" t="s">
+        <v>185</v>
+      </c>
+      <c r="C10" t="s">
+        <v>186</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>187</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>188</v>
+      </c>
+      <c r="H10" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>144</v>
+      </c>
+      <c r="B11" t="s">
+        <v>190</v>
+      </c>
+      <c r="C11" t="s">
+        <v>191</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>192</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>193</v>
+      </c>
+      <c r="H11" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>144</v>
+      </c>
+      <c r="B12" t="s">
+        <v>195</v>
+      </c>
+      <c r="C12" t="s">
+        <v>196</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>197</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>198</v>
+      </c>
+      <c r="H12" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>144</v>
+      </c>
+      <c r="B13" t="s">
+        <v>200</v>
+      </c>
+      <c r="C13" t="s">
+        <v>201</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>202</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>203</v>
+      </c>
+      <c r="H13" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>144</v>
+      </c>
+      <c r="B14" t="s">
+        <v>205</v>
+      </c>
+      <c r="C14" t="s">
+        <v>206</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>207</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>208</v>
+      </c>
+      <c r="H14" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>144</v>
+      </c>
+      <c r="B15" t="s">
+        <v>210</v>
+      </c>
+      <c r="C15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>213</v>
+      </c>
+      <c r="H15" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>144</v>
+      </c>
+      <c r="B16" t="s">
+        <v>215</v>
+      </c>
+      <c r="C16" t="s">
+        <v>216</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>217</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>218</v>
+      </c>
+      <c r="H16" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>144</v>
+      </c>
+      <c r="B17" t="s">
+        <v>220</v>
+      </c>
+      <c r="C17" t="s">
+        <v>221</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>222</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>223</v>
+      </c>
+      <c r="H17" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>225</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>226</v>
+      </c>
+      <c r="E18" t="s">
+        <v>227</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>228</v>
+      </c>
+      <c r="H18" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>230</v>
+      </c>
+      <c r="C19" t="s">
+        <v>231</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>232</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>233</v>
+      </c>
+      <c r="H19" t="s">
+        <v>234</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C2" t="s">
+        <v>237</v>
+      </c>
+      <c r="D2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>240</v>
+      </c>
+      <c r="H2" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C3" t="s">
+        <v>243</v>
+      </c>
+      <c r="D3" t="s">
+        <v>244</v>
+      </c>
+      <c r="E3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>246</v>
+      </c>
+      <c r="H3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D4" t="s">
+        <v>250</v>
+      </c>
+      <c r="E4" t="s">
+        <v>251</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>252</v>
+      </c>
+      <c r="H4" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>235</v>
+      </c>
+      <c r="B5" t="s">
+        <v>254</v>
+      </c>
+      <c r="C5" t="s">
+        <v>255</v>
+      </c>
+      <c r="D5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>258</v>
+      </c>
+      <c r="H5" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>235</v>
+      </c>
+      <c r="B6" t="s">
+        <v>260</v>
+      </c>
+      <c r="C6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D6" t="s">
+        <v>262</v>
+      </c>
+      <c r="E6" t="s">
+        <v>263</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>264</v>
+      </c>
+      <c r="H6" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>235</v>
+      </c>
+      <c r="B7" t="s">
+        <v>266</v>
+      </c>
+      <c r="C7" t="s">
+        <v>267</v>
+      </c>
+      <c r="D7" t="s">
+        <v>268</v>
+      </c>
+      <c r="E7" t="s">
+        <v>269</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>270</v>
+      </c>
+      <c r="H7" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>235</v>
+      </c>
+      <c r="B8" t="s">
+        <v>272</v>
+      </c>
+      <c r="C8" t="s">
+        <v>273</v>
+      </c>
+      <c r="D8" t="s">
+        <v>274</v>
+      </c>
+      <c r="E8" t="s">
+        <v>275</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>276</v>
+      </c>
+      <c r="H8" t="s">
+        <v>277</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B2" t="s">
+        <v>279</v>
+      </c>
+      <c r="C2" t="s">
+        <v>280</v>
+      </c>
+      <c r="D2" t="s">
+        <v>281</v>
+      </c>
+      <c r="E2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>283</v>
+      </c>
+      <c r="H2" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C3" t="s">
+        <v>286</v>
+      </c>
+      <c r="D3" t="s">
+        <v>287</v>
+      </c>
+      <c r="E3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>289</v>
+      </c>
+      <c r="H3" t="s">
+        <v>290</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>295</v>
+      </c>
+      <c r="H2" t="s">
+        <v>296</v>
+      </c>
+      <c r="I2" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>300</v>
+      </c>
+      <c r="H3" t="s">
+        <v>301</v>
       </c>
       <c r="I3" t="s">
-        <v>57</v>
+        <v>297</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>303</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>304</v>
+      </c>
+      <c r="H4" t="s">
+        <v>305</v>
+      </c>
+      <c r="I4" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B5" t="s">
+        <v>306</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>307</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>308</v>
+      </c>
+      <c r="H5" t="s">
+        <v>309</v>
+      </c>
+      <c r="I5" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>292</v>
+      </c>
+      <c r="B6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>311</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>312</v>
+      </c>
+      <c r="H6" t="s">
+        <v>313</v>
+      </c>
+      <c r="I6" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>292</v>
+      </c>
+      <c r="B7" t="s">
+        <v>314</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>315</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>316</v>
+      </c>
+      <c r="H7" t="s">
+        <v>317</v>
+      </c>
+      <c r="I7" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>292</v>
+      </c>
+      <c r="B8" t="s">
+        <v>318</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>319</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>320</v>
+      </c>
+      <c r="H8" t="s">
+        <v>321</v>
+      </c>
+      <c r="I8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>292</v>
+      </c>
+      <c r="B9" t="s">
+        <v>322</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>323</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>324</v>
+      </c>
+      <c r="H9" t="s">
+        <v>325</v>
+      </c>
+      <c r="I9" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>292</v>
+      </c>
+      <c r="B10" t="s">
+        <v>326</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>327</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>328</v>
+      </c>
+      <c r="H10" t="s">
+        <v>329</v>
+      </c>
+      <c r="I10" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>292</v>
+      </c>
+      <c r="B11" t="s">
+        <v>330</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>331</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>332</v>
+      </c>
+      <c r="H11" t="s">
+        <v>333</v>
+      </c>
+      <c r="I11" t="s">
+        <v>297</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>334</v>
+      </c>
+      <c r="B2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D2" t="s">
+        <v>337</v>
+      </c>
+      <c r="E2" t="s">
+        <v>338</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>339</v>
+      </c>
+      <c r="H2" t="s">
+        <v>340</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>341</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>343</v>
+      </c>
+      <c r="B2" t="s">
+        <v>344</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>345</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>346</v>
+      </c>
+      <c r="H2" t="s">
+        <v>347</v>
+      </c>
+      <c r="I2" t="s">
+        <v>348</v>
+      </c>
+      <c r="J2" t="s">
+        <v>349</v>
+      </c>
+      <c r="K2" t="s">
+        <v>350</v>
+      </c>
+      <c r="L2" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>354</v>
+      </c>
+      <c r="H3" t="s">
+        <v>355</v>
+      </c>
+      <c r="I3" t="s">
+        <v>356</v>
       </c>
       <c r="J3" t="s">
-        <v>58</v>
+        <v>357</v>
       </c>
       <c r="K3" t="s">
-        <v>59</v>
+        <v>358</v>
       </c>
       <c r="L3" t="s">
-        <v>60</v>
+        <v>359</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>343</v>
+      </c>
+      <c r="B4" t="s">
+        <v>360</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>361</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>362</v>
+      </c>
+      <c r="H4" t="s">
+        <v>363</v>
+      </c>
+      <c r="I4" t="s">
+        <v>364</v>
+      </c>
+      <c r="J4" t="s">
+        <v>365</v>
+      </c>
+      <c r="K4" t="s">
+        <v>366</v>
+      </c>
+      <c r="L4" t="s">
+        <v>367</v>
+      </c>
+      <c r="M4" t="s">
+        <v>368</v>
+      </c>
+      <c r="N4" t="s">
+        <v>369</v>
+      </c>
+      <c r="O4" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B5" t="s">
+        <v>371</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>372</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>373</v>
+      </c>
+      <c r="H5" t="s">
+        <v>374</v>
+      </c>
+      <c r="I5" t="s">
+        <v>375</v>
+      </c>
+      <c r="J5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K5" t="s">
+        <v>376</v>
+      </c>
+      <c r="L5" t="s">
+        <v>377</v>
+      </c>
+      <c r="M5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>343</v>
+      </c>
+      <c r="B6" t="s">
+        <v>379</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>380</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>381</v>
+      </c>
+      <c r="H6" t="s">
+        <v>382</v>
+      </c>
+      <c r="I6" t="s">
+        <v>383</v>
+      </c>
+      <c r="J6" t="s">
+        <v>384</v>
+      </c>
+      <c r="K6" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>343</v>
+      </c>
+      <c r="B7" t="s">
+        <v>386</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>387</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>388</v>
+      </c>
+      <c r="H7" t="s">
+        <v>389</v>
+      </c>
+      <c r="I7" t="s">
+        <v>390</v>
+      </c>
+      <c r="J7" t="s">
+        <v>384</v>
+      </c>
+      <c r="K7" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>343</v>
+      </c>
+      <c r="B8" t="s">
+        <v>392</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>393</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>394</v>
+      </c>
+      <c r="H8" t="s">
+        <v>395</v>
+      </c>
+      <c r="I8" t="s">
+        <v>396</v>
+      </c>
+      <c r="J8" t="s">
+        <v>357</v>
+      </c>
+      <c r="K8" t="s">
+        <v>397</v>
+      </c>
+      <c r="L8" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>343</v>
+      </c>
+      <c r="B9" t="s">
+        <v>399</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>400</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>401</v>
+      </c>
+      <c r="H9" t="s">
+        <v>402</v>
+      </c>
+      <c r="I9" t="s">
+        <v>403</v>
+      </c>
+      <c r="J9" t="s">
+        <v>357</v>
+      </c>
+      <c r="K9" t="s">
+        <v>404</v>
+      </c>
+      <c r="L9" t="s">
+        <v>405</v>
+      </c>
+      <c r="M9" t="s">
+        <v>406</v>
+      </c>
+      <c r="N9" t="s">
+        <v>407</v>
+      </c>
+      <c r="O9" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>343</v>
+      </c>
+      <c r="B10" t="s">
+        <v>409</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>410</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>411</v>
+      </c>
+      <c r="H10" t="s">
+        <v>412</v>
+      </c>
+      <c r="I10" t="s">
+        <v>413</v>
+      </c>
+      <c r="J10" t="s">
+        <v>357</v>
+      </c>
+      <c r="K10" t="s">
+        <v>414</v>
+      </c>
+      <c r="L10" t="s">
+        <v>415</v>
+      </c>
+      <c r="M10" t="s">
+        <v>416</v>
+      </c>
+      <c r="N10" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B11" t="s">
+        <v>418</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>419</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>420</v>
+      </c>
+      <c r="H11" t="s">
+        <v>421</v>
+      </c>
+      <c r="I11" t="s">
+        <v>413</v>
+      </c>
+      <c r="J11" t="s">
+        <v>422</v>
+      </c>
+      <c r="K11" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>343</v>
+      </c>
+      <c r="B12" t="s">
+        <v>424</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>425</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>426</v>
+      </c>
+      <c r="H12" t="s">
+        <v>427</v>
+      </c>
+      <c r="I12" t="s">
+        <v>428</v>
+      </c>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>343</v>
+      </c>
+      <c r="B13" t="s">
+        <v>430</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>431</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>432</v>
+      </c>
+      <c r="H13" t="s">
+        <v>433</v>
+      </c>
+      <c r="I13" t="s">
+        <v>434</v>
+      </c>
+      <c r="J13" t="s">
+        <v>435</v>
+      </c>
+      <c r="K13" t="s">
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>437</v>
+      </c>
+      <c r="B2" t="s">
+        <v>438</v>
+      </c>
+      <c r="C2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>440</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>441</v>
+      </c>
+      <c r="H2" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C3" t="s">
+        <v>444</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>446</v>
+      </c>
+      <c r="H3" t="s">
+        <v>447</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>