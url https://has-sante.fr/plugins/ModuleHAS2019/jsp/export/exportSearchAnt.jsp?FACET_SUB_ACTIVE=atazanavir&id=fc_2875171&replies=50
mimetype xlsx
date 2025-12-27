--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -3,131 +3,146 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3390303</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
   </si>
   <si>
     <t>14/09/2016 16:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
   </si>
   <si>
     <t>c_2666766</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 28 mai 2014</t>
   </si>
@@ -251,454 +266,480 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="I2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I4" t="s">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="J2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="K2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="L2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="N2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="O2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="P2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>