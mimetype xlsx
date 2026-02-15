--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,745 +1,267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>REYATAZ (atazanavir)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 14:58:00</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984372/fr/reyataz-atazanavir</t>
+    <t>10/21/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984372/en/reyataz-atazanavir</t>
   </si>
   <si>
     <t>pprd_2984372</t>
   </si>
   <si>
     <t>atazanavir</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400131/fr/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2561597/fr/reyataz-atazanavir</t>
+    <t>https://www.has-sante.fr/jcms/c_400131/en/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677435/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828101/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991888/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747985/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561597/en/reyataz-atazanavir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="L2" t="s">
         <v>20</v>
       </c>
-      <c r="B2" t="s">
+      <c r="M2" t="s">
         <v>21</v>
       </c>
-      <c r="C2" t="s">
+      <c r="N2" t="s">
         <v>22</v>
       </c>
-      <c r="D2" t="s">
+      <c r="O2" t="s">
         <v>23</v>
       </c>
-      <c r="E2" t="s">
+      <c r="P2" t="s">
         <v>24</v>
-      </c>
-[...294 lines deleted...]
-        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>