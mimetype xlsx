--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,211 +1,523 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="134">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>WELLVONE (atovaquone)</t>
+  </si>
+  <si>
+    <t>16/04/2018 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983328/fr/wellvone-atovaquone</t>
+  </si>
+  <si>
+    <t>pprd_2983328</t>
+  </si>
+  <si>
+    <t>atovaquone</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400282/fr/wellvone-atovaquone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361978/fr/wellvone-atovaquone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843872/fr/wellvone-atovaquone</t>
+  </si>
+  <si>
+    <t>MALARONE (atovaquone/ chlorhydrate de proguanil)</t>
+  </si>
+  <si>
+    <t>15/12/2016 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983820/fr/malarone-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>pprd_2983820</t>
+  </si>
+  <si>
+    <t>atovaquone,chlorhydrate de proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754154/fr/malarone-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657543/fr/malarone-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216852/fr/malarone-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730770/fr/malarone-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>ATOVAQUONE/PROGUANIL SANDOZ ENFANTS (proguanil (chlorhydrate de)/ atovaquone/ chlorhydrate de proguanil)</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:03:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984576/fr/atovaquone/proguanil-sandoz-enfants-proguanil-chlorhydrate-de-/-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>pprd_2984576</t>
+  </si>
+  <si>
+    <t>proguanil (chlorhydrate de),atovaquone,chlorhydrate de proguanil</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651875/fr/atovaquone/proguanil-sigma-tau-proguanil-chlorhydrate-de-/-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730044/fr/atovaquone/proguanil-biogaran-enfants-proguanil-chlorhydrate-de-/-atovaquone/-chlorhydrate-de-proguanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025423/fr/atovaquone/proguanil-sandoz-enfants-proguanil-chlorhydrate-de-/-atovaquone/-chlorhydrate-de-proguanil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,119 +533,752 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="H5" t="s">
+      <c r="E6" t="s">
         <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D4" t="s">
+        <v>99</v>
+      </c>
+      <c r="E4" t="s">
+        <v>100</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>103</v>
+      </c>
+      <c r="J1" t="s">
+        <v>104</v>
+      </c>
+      <c r="K1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" t="s">
+        <v>110</v>
+      </c>
+      <c r="I2" t="s">
+        <v>111</v>
+      </c>
+      <c r="J2" t="s">
+        <v>112</v>
+      </c>
+      <c r="K2" t="s">
+        <v>113</v>
+      </c>
+      <c r="L2" t="s">
+        <v>114</v>
+      </c>
+      <c r="M2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I3" t="s">
+        <v>120</v>
+      </c>
+      <c r="J3" t="s">
+        <v>112</v>
+      </c>
+      <c r="K3" t="s">
+        <v>121</v>
+      </c>
+      <c r="L3" t="s">
+        <v>122</v>
+      </c>
+      <c r="M3" t="s">
+        <v>123</v>
+      </c>
+      <c r="N3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+      <c r="I4" t="s">
+        <v>129</v>
+      </c>
+      <c r="J4" t="s">
+        <v>130</v>
+      </c>
+      <c r="K4" t="s">
+        <v>131</v>
+      </c>
+      <c r="L4" t="s">
+        <v>132</v>
+      </c>
+      <c r="M4" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>