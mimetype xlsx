--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1202 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>18/02/2025 14:02:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Lupus Systémique de l'adulte et de l'enfant</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
-  </si>
-[...91 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2025423/fr/atovaquone/proguanil-sandoz-enfants-proguanil-chlorhydrate-de-/-atovaquone/-chlorhydrate-de-proguanil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...657 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>