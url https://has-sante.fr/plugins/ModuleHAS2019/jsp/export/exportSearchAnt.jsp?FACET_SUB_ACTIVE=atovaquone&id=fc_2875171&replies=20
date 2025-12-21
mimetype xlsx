--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="129">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -240,65 +240,50 @@
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
   </si>
   <si>
     <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
   </si>
   <si>
     <t>20/06/2018 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
   </si>
   <si>
     <t>c_2857592</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
   </si>
@@ -539,51 +524,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -855,430 +840,404 @@
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
-      </c>
-[...24 lines deleted...]
-        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
         <v>78</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>84</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="J1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="K1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+      <c r="I2" t="s">
         <v>106</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>107</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>108</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>109</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>113</v>
+      </c>
+      <c r="H3" t="s">
+        <v>114</v>
+      </c>
+      <c r="I3" t="s">
+        <v>115</v>
+      </c>
+      <c r="J3" t="s">
+        <v>107</v>
+      </c>
+      <c r="K3" t="s">
         <v>116</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>117</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>118</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>122</v>
+      </c>
+      <c r="H4" t="s">
+        <v>123</v>
+      </c>
+      <c r="I4" t="s">
+        <v>124</v>
+      </c>
+      <c r="J4" t="s">
         <v>125</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
         <v>126</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="L4" t="s">
         <v>127</v>
       </c>
-      <c r="H4" t="s">
+      <c r="M4" t="s">
         <v>128</v>
-      </c>
-[...13 lines deleted...]
-        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>