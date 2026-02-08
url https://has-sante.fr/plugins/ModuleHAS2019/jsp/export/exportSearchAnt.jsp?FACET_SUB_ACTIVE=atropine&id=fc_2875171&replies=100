--- v0 (2025-11-06)
+++ v1 (2026-02-08)
@@ -1,2918 +1,518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="531" uniqueCount="318">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care of patients with amyotrophic lateral sclerosis (ALS) (23-24 November 2004)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+  </si>
+  <si>
+    <t>02/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2006 15:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/10/2025 13:48:00</t>
-[...470 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
   <si>
-    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
+    <t>Early vision screening in children to prevent amblyopia</t>
+  </si>
+  <si>
+    <t>These guidelines concern vision screening in children under the age of 6. The topics are: 1. Justification for vision screening 2. Populations to be screened 3. Identifying vision disorders in the general population of children aged under 6 years</t>
+  </si>
+  <si>
+    <t>10/08/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
   </si>
   <si>
     <t>c_272178</t>
   </si>
   <si>
-    <t>Prise en charge de l'urticaire chronique</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
+    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request of the Ministry of Health and Social Affairs, HAS has developed terms of reference that define the requirements (especially clinical and organisational) to follow to ensure quality of care and patient safety during surgical abortions performed outside of a healthcare organisation Moreover, and in accordance with the law on modernisation of our health system enacted in January 2016, HAS has established terms of reference on the methods of performing surgical abortions inside health centres, which is based on the “Terms of reference for performing surgical abortions outside of healthcare organisations” It is important to specify that the objective is not to develop good practice recommendations or to evaluate the surgical abortion technique</t>
+  </si>
+  <si>
+    <t>03/16/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
-  </si>
-[...223 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
-[...50 lines deleted...]
-      <c r="H11" t="s">
         <v>58</v>
-      </c>
-[...1545 lines deleted...]
-        <v>317</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>