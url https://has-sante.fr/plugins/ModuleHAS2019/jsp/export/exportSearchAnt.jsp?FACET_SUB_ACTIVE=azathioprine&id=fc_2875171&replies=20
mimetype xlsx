--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,319 +1,1678 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="516">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Polyadénomatose mammaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de polyadénomatose mammaire. Il a été élaboré par le Centre de Référence Pathologies Gynécologiques Rares PGR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289826/fr/polyadenomatose-mammaire</t>
+  </si>
+  <si>
+    <t>p_3289826</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 06 septembre 2023</t>
+  </si>
+  <si>
+    <t>17/11/2023 11:53:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470051/fr/commission-de-la-transparence-reunion-du-06-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3470051</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 avril 2023</t>
+  </si>
+  <si>
+    <t>31/03/2023 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424665/fr/commission-de-la-transparence-reunion-du-05-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3424665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 Octobre 2022</t>
+  </si>
+  <si>
+    <t>07/10/2022 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375646/fr/commission-de-la-transparence-reunion-du-12-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3375646</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 17 janvier 2022</t>
+  </si>
+  <si>
+    <t>10/01/2022 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308735/fr/commission-de-la-transparence-reunion-du-17-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3308735</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 5 janvier 2022</t>
+  </si>
+  <si>
+    <t>03/01/2022 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307312/fr/commission-de-la-transparence-reunion-du-5-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3307312</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302848/fr/commission-de-la-transparence-reunion-a-distance-du-8-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302848</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 3 août 2021</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280337/fr/commission-de-la-transparence-reunion-a-distance-du-3-aout-2021</t>
+  </si>
+  <si>
+    <t>p_3280337</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 19 mai 2021</t>
+  </si>
+  <si>
+    <t>11/05/2021 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266397/fr/commission-de-la-transparence-reunion-a-distance-du-19-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3266397</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2014</t>
+  </si>
+  <si>
+    <t>12/02/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1723927</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2013</t>
+  </si>
+  <si>
+    <t>20/02/2013 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361491/fr/commission-de-la-transparence-reunion-du-20-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1361491</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0312/DC/SEM du 9 décembre 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité EVUSHELD (tixagévimab/cilgavimab)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament EVUSHELD, dans l'indication « prophylaxie pré-exposition de la COVID-19 chez les patients adultes de 18 ans et plus : Insuffisamment ou non répondeurs après un schéma vaccinal complet conformément aux recommandations en vigueur et appartenant à l’un des sous-groupes à très haut risque de forme sévère de COVID-19 tels que définis par l’ANRS-MIE (patients ayant reçu une greffe d’organe solide, patients atteints d’hémopathie lymphoïde, patients recevant un traitement par anticorps anti-CD20…) OU non éligibles à la vaccination et qui sont à haut risque de forme sévère de COVID-19».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2021 17:42:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304078/fr/decision-n-2021-0312/dc/sem-du-9-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-evusheld-tixagevimab/cilgavimab</t>
+  </si>
+  <si>
+    <t>p_3304078</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0058/AC/SEAP du 4 août 2021 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 (indications de prophylaxie post et pré-exposition à la COVID-19 – personnes immunodéprimées)</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a rendu une décision d’autorisation d’accès précoce de la spécialité RONAPREV (casirivimab/imdevimab) dans le cadre de traitements prophylactiques. Le recours à cette spécialité nécessite la réalisation préalable d’un test sérologique chez les patients candidats à ces traitements afin d’identifier les patients non répondeurs ou faiblement répondeurs à la vaccination. En conséquence, compte tenu de ces éléments, la Haute Autorité de santé est favorable à l’inscription de la détection des anticorps sériques dirigés contre le virus SARS-CoV-2 sur la liste des actes et prestations (service attendu suffisant et amélioration du service attendu de niveau V) dans les indications susmentionnées.</t>
+  </si>
+  <si>
+    <t>04/08/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>08/08/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282209/fr/avis-n-2021-0058/ac/seap-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2-indications-de-prophylaxie-post-et-pre-exposition-a-la-covid-19-personnes-immunodeprimees</t>
+  </si>
+  <si>
+    <t>p_3282209</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0206/DC/SEM du 4 août 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RONAPREVE</t>
+  </si>
+  <si>
+    <t>La demande d’accès précoce susvisée concerne le médicament RONAPREVE (casirivimab/imdevimab) 120 mg/mL, solution à diluer pour perfusion intraveineuse ou solution pour injection sous-cutanée, dans l'indication « en prophylaxie pré-exposition de l’infection à SARS-CoV-2 chez les sujets adultes et les enfants âgés de 12 ans et plus et pesant au moins 40 kg, à haut risque d’être exposés au virus, non vaccinés ou ayant une condition médicale (pathologie ou traitement) rendant improbable une réponse à la protection vaccinale et étant à risque élevé d'évolution vers une forme grave de la COVID-19 ».</t>
+  </si>
+  <si>
+    <t>04/08/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>06/08/2021 10:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281964/fr/decision-n-2021-0206/dc/sem-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ronapreve</t>
+  </si>
+  <si>
+    <t>p_3281964</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0207/DC/SEM du 4 août 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RONAPREVE</t>
+  </si>
+  <si>
+    <t>La demande d’accès précoce susvisée concerne le médicament RONAPREVE (casirivimab/imdevimab) 120 mg/mL, solution à diluer pour perfusion intraveineuse ou solution pour injection sous-cutanée, dans l'indication « en prophylaxie post-exposition de l'infection au SARS-CoV-2 chez les sujets adultes et les enfants âgés de 12 ans et plus et pesant au moins 40 kg à risque élevé d’évolution vers une forme grave de la maladie, non vaccinés ou ayant une condition médicale (pathologie ou traitement) rendant improbable une réponse à la protection vaccinale ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281980/fr/decision-n-2021-0207/dc/sem-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ronapreve</t>
+  </si>
+  <si>
+    <t>p_3281980</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0043/AC/SEAP du 10 juillet 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche «Greffe utérine à partir de donneur vivant»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche «Greffe utérine à partir de donneur vivant» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>10/07/2019 15:10:00</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076755/fr/avis-n-2019-0043/ac/seap-du-10-juillet-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-greffe-uterine-a-partir-de-donneur-vivant</t>
+  </si>
+  <si>
+    <t>p_3076755</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0154/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - la pathologie, la maladie de Crohn sévère chez les enfants de plus de 6 ans, est une maladie inflammatoire intestinale pouvant atteindre tous les segments du tube digestif et pouvant s’accompagner de manifestations extra-intestinales (articulaires, cutanées, oculaires…). C’est une maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. La spécificité de la maladie de Crohn chez l’enfant par rapport à l’adulte est le risque de retard de croissance staturo-pondérale, souvent associé à un retard pubertaire. - l’absence d’alternative appropriée et remboursable à ce jour chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de la maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur ou anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>07/07/2015 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042572/fr/decision-n-2015-0154/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042572</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm SPIKEVAX</t>
+  </si>
+  <si>
+    <t>La HAS a rendu son avis sur la place du vaccin Spikevax® de Moderna dans la stratégie vaccinale après que ce dernier a obtenu une extension d’AMM pour le rappel. Spikevax® et Comirnaty® de Pfizer sont deux vaccins sûrs et efficaces mais les études montrent une légère supériorité de Spikevax® en termes d’efficacité et des risques plus faibles de myocardite pour Comirnaty®, en particulier pour les personnes de moins de 30 ans.</t>
+  </si>
+  <si>
+    <t>05/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2021 19:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297315/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-spikevax</t>
+  </si>
+  <si>
+    <t>p_3297315</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>10/21/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/fr/imurel-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -327,412 +1686,2868 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>77</v>
+      </c>
+      <c r="H12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>86</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>87</v>
+      </c>
+      <c r="H14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
+        <v>95</v>
+      </c>
+      <c r="D16" t="s">
+        <v>96</v>
+      </c>
+      <c r="E16" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>103</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>108</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>109</v>
+      </c>
+      <c r="H18" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>113</v>
+      </c>
+      <c r="E19" t="s">
+        <v>114</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>115</v>
+      </c>
+      <c r="H19" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" t="s">
+        <v>118</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>119</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>120</v>
+      </c>
+      <c r="H20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>127</v>
+      </c>
+      <c r="C22" t="s">
+        <v>128</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>129</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>130</v>
+      </c>
+      <c r="H22" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>132</v>
+      </c>
+      <c r="C23" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>134</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>135</v>
+      </c>
+      <c r="H23" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>139</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>140</v>
+      </c>
+      <c r="H24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>144</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>145</v>
+      </c>
+      <c r="H25" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" t="s">
+        <v>148</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>149</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>150</v>
+      </c>
+      <c r="H26" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" t="s">
+        <v>153</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>154</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>155</v>
+      </c>
+      <c r="H27" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>158</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>159</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>160</v>
+      </c>
+      <c r="H28" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" t="s">
+        <v>163</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>164</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>165</v>
+      </c>
+      <c r="H29" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" t="s">
+        <v>168</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>169</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>170</v>
+      </c>
+      <c r="H30" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
+        <v>173</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>174</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>175</v>
+      </c>
+      <c r="H31" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>174</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>179</v>
+      </c>
+      <c r="H32" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>22</v>
+      </c>
+      <c r="B33" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" t="s">
+        <v>182</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>174</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>183</v>
+      </c>
+      <c r="H33" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" t="s">
+        <v>185</v>
+      </c>
+      <c r="C34" t="s">
+        <v>186</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>187</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>188</v>
+      </c>
+      <c r="H34" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>22</v>
+      </c>
+      <c r="B35" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35" t="s">
+        <v>191</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>192</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>193</v>
+      </c>
+      <c r="H35" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" t="s">
+        <v>196</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>197</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>198</v>
+      </c>
+      <c r="H36" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>22</v>
+      </c>
+      <c r="B37" t="s">
+        <v>200</v>
+      </c>
+      <c r="C37" t="s">
+        <v>201</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>202</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>203</v>
+      </c>
+      <c r="H37" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" t="s">
+        <v>205</v>
+      </c>
+      <c r="C38" t="s">
+        <v>206</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>207</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>208</v>
+      </c>
+      <c r="H38" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" t="s">
+        <v>211</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>212</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>213</v>
+      </c>
+      <c r="H39" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>22</v>
+      </c>
+      <c r="B40" t="s">
+        <v>215</v>
+      </c>
+      <c r="C40" t="s">
+        <v>216</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>217</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>218</v>
+      </c>
+      <c r="H40" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>22</v>
+      </c>
+      <c r="B41" t="s">
+        <v>220</v>
+      </c>
+      <c r="C41" t="s">
+        <v>221</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>222</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>223</v>
+      </c>
+      <c r="H41" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>22</v>
+      </c>
+      <c r="B42" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" t="s">
+        <v>226</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>227</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>228</v>
+      </c>
+      <c r="H42" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>22</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>231</v>
+      </c>
+      <c r="D43" t="s">
+        <v>232</v>
+      </c>
+      <c r="E43" t="s">
+        <v>233</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>234</v>
+      </c>
+      <c r="H43" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>22</v>
+      </c>
+      <c r="B44" t="s">
+        <v>236</v>
+      </c>
+      <c r="C44" t="s">
+        <v>237</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>238</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>239</v>
+      </c>
+      <c r="H44" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>22</v>
+      </c>
+      <c r="B45" t="s">
+        <v>241</v>
+      </c>
+      <c r="C45" t="s">
+        <v>242</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>243</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>244</v>
+      </c>
+      <c r="H45" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>22</v>
+      </c>
+      <c r="B46" t="s">
+        <v>246</v>
+      </c>
+      <c r="C46" t="s">
+        <v>247</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>248</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>249</v>
+      </c>
+      <c r="H46" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>22</v>
+      </c>
+      <c r="B47" t="s">
+        <v>251</v>
+      </c>
+      <c r="C47" t="s">
+        <v>252</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>253</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>254</v>
+      </c>
+      <c r="H47" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>22</v>
+      </c>
+      <c r="B48" t="s">
+        <v>256</v>
+      </c>
+      <c r="C48" t="s">
+        <v>257</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>258</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>259</v>
+      </c>
+      <c r="H48" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>22</v>
+      </c>
+      <c r="B49" t="s">
+        <v>261</v>
+      </c>
+      <c r="C49" t="s">
+        <v>262</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>263</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>264</v>
+      </c>
+      <c r="H49" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>22</v>
+      </c>
+      <c r="B50" t="s">
+        <v>266</v>
+      </c>
+      <c r="C50" t="s">
+        <v>267</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>268</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>269</v>
+      </c>
+      <c r="H50" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>22</v>
+      </c>
+      <c r="B51" t="s">
+        <v>271</v>
+      </c>
+      <c r="C51" t="s">
+        <v>272</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>273</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>274</v>
+      </c>
+      <c r="H51" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" t="s">
+        <v>276</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>277</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>278</v>
+      </c>
+      <c r="H52" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>22</v>
+      </c>
+      <c r="B53" t="s">
+        <v>280</v>
+      </c>
+      <c r="C53" t="s">
+        <v>281</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>282</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>283</v>
+      </c>
+      <c r="H53" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>22</v>
+      </c>
+      <c r="B54" t="s">
+        <v>285</v>
+      </c>
+      <c r="C54" t="s">
+        <v>286</v>
+      </c>
+      <c r="D54" t="s">
+        <v>287</v>
+      </c>
+      <c r="E54" t="s">
+        <v>288</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>289</v>
+      </c>
+      <c r="H54" t="s">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>291</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>292</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>293</v>
       </c>
       <c r="E2" t="s">
-        <v>24</v>
+        <v>294</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>25</v>
+        <v>295</v>
       </c>
       <c r="H2" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>291</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>297</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>298</v>
       </c>
       <c r="D3" t="s">
-        <v>29</v>
+        <v>299</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>300</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>301</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>302</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B4" t="s">
+        <v>303</v>
+      </c>
+      <c r="C4" t="s">
+        <v>304</v>
+      </c>
+      <c r="D4" t="s">
+        <v>305</v>
+      </c>
+      <c r="E4" t="s">
+        <v>306</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>307</v>
+      </c>
+      <c r="H4" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>291</v>
+      </c>
+      <c r="B5" t="s">
+        <v>309</v>
+      </c>
+      <c r="C5" t="s">
+        <v>310</v>
+      </c>
+      <c r="D5" t="s">
+        <v>311</v>
+      </c>
+      <c r="E5" t="s">
+        <v>312</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>313</v>
+      </c>
+      <c r="H5" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>291</v>
+      </c>
+      <c r="B6" t="s">
+        <v>315</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>316</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>317</v>
+      </c>
+      <c r="H6" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>291</v>
+      </c>
+      <c r="B7" t="s">
+        <v>319</v>
+      </c>
+      <c r="C7" t="s">
+        <v>320</v>
+      </c>
+      <c r="D7" t="s">
+        <v>321</v>
+      </c>
+      <c r="E7" t="s">
+        <v>322</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>323</v>
+      </c>
+      <c r="H7" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>291</v>
+      </c>
+      <c r="B8" t="s">
+        <v>325</v>
+      </c>
+      <c r="C8" t="s">
+        <v>326</v>
+      </c>
+      <c r="D8" t="s">
+        <v>327</v>
+      </c>
+      <c r="E8" t="s">
+        <v>328</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>329</v>
+      </c>
+      <c r="H8" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>291</v>
+      </c>
+      <c r="B9" t="s">
+        <v>331</v>
+      </c>
+      <c r="C9" t="s">
+        <v>332</v>
+      </c>
+      <c r="D9" t="s">
+        <v>333</v>
+      </c>
+      <c r="E9" t="s">
+        <v>334</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>335</v>
+      </c>
+      <c r="H9" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>291</v>
+      </c>
+      <c r="B10" t="s">
+        <v>337</v>
+      </c>
+      <c r="C10" t="s">
+        <v>338</v>
+      </c>
+      <c r="D10" t="s">
+        <v>339</v>
+      </c>
+      <c r="E10" t="s">
+        <v>340</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>341</v>
+      </c>
+      <c r="H10" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>344</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>345</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>346</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>347</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>348</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>349</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>350</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>351</v>
       </c>
       <c r="D3" t="s">
-        <v>42</v>
+        <v>352</v>
       </c>
       <c r="E3" t="s">
-        <v>43</v>
+        <v>353</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>44</v>
+        <v>354</v>
       </c>
       <c r="H3" t="s">
-        <v>45</v>
+        <v>355</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>356</v>
       </c>
       <c r="C4" t="s">
-        <v>47</v>
+        <v>357</v>
       </c>
       <c r="D4" t="s">
-        <v>48</v>
+        <v>358</v>
       </c>
       <c r="E4" t="s">
-        <v>49</v>
+        <v>359</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="H4" t="s">
-        <v>51</v>
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>363</v>
+      </c>
+      <c r="B2" t="s">
+        <v>364</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>366</v>
+      </c>
+      <c r="H2" t="s">
+        <v>367</v>
+      </c>
+      <c r="I2" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>371</v>
+      </c>
+      <c r="H3" t="s">
+        <v>372</v>
+      </c>
+      <c r="I3" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>363</v>
+      </c>
+      <c r="B4" t="s">
+        <v>373</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>374</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>375</v>
+      </c>
+      <c r="H4" t="s">
+        <v>376</v>
+      </c>
+      <c r="I4" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>363</v>
+      </c>
+      <c r="B5" t="s">
+        <v>377</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>378</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>379</v>
+      </c>
+      <c r="H5" t="s">
+        <v>380</v>
+      </c>
+      <c r="I5" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>363</v>
+      </c>
+      <c r="B6" t="s">
+        <v>381</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>382</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>383</v>
+      </c>
+      <c r="H6" t="s">
+        <v>384</v>
+      </c>
+      <c r="I6" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>363</v>
+      </c>
+      <c r="B7" t="s">
+        <v>385</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>386</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>387</v>
+      </c>
+      <c r="H7" t="s">
+        <v>388</v>
+      </c>
+      <c r="I7" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>363</v>
+      </c>
+      <c r="B8" t="s">
+        <v>389</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>390</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>391</v>
+      </c>
+      <c r="H8" t="s">
+        <v>392</v>
+      </c>
+      <c r="I8" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>363</v>
+      </c>
+      <c r="B9" t="s">
+        <v>393</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>394</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>395</v>
+      </c>
+      <c r="H9" t="s">
+        <v>396</v>
+      </c>
+      <c r="I9" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>363</v>
+      </c>
+      <c r="B10" t="s">
+        <v>397</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>398</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>399</v>
+      </c>
+      <c r="H10" t="s">
+        <v>400</v>
+      </c>
+      <c r="I10" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>363</v>
+      </c>
+      <c r="B11" t="s">
+        <v>401</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>402</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>403</v>
+      </c>
+      <c r="H11" t="s">
+        <v>404</v>
+      </c>
+      <c r="I11" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>363</v>
+      </c>
+      <c r="B12" t="s">
+        <v>405</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>406</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>407</v>
+      </c>
+      <c r="H12" t="s">
+        <v>408</v>
+      </c>
+      <c r="I12" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>363</v>
+      </c>
+      <c r="B13" t="s">
+        <v>409</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>410</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>411</v>
+      </c>
+      <c r="H13" t="s">
+        <v>412</v>
+      </c>
+      <c r="I13" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>363</v>
+      </c>
+      <c r="B14" t="s">
+        <v>413</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>414</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>415</v>
+      </c>
+      <c r="H14" t="s">
+        <v>416</v>
+      </c>
+      <c r="I14" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>363</v>
+      </c>
+      <c r="B15" t="s">
+        <v>417</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>418</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>419</v>
+      </c>
+      <c r="H15" t="s">
+        <v>420</v>
+      </c>
+      <c r="I15" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>363</v>
+      </c>
+      <c r="B16" t="s">
+        <v>421</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>422</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>423</v>
+      </c>
+      <c r="H16" t="s">
+        <v>424</v>
+      </c>
+      <c r="I16" t="s">
+        <v>368</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>425</v>
+      </c>
+      <c r="B2" t="s">
+        <v>426</v>
+      </c>
+      <c r="C2" t="s">
+        <v>427</v>
+      </c>
+      <c r="D2" t="s">
+        <v>428</v>
+      </c>
+      <c r="E2" t="s">
+        <v>429</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>430</v>
+      </c>
+      <c r="H2" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C3" t="s">
+        <v>433</v>
+      </c>
+      <c r="D3" t="s">
+        <v>434</v>
+      </c>
+      <c r="E3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>436</v>
+      </c>
+      <c r="H3" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>425</v>
+      </c>
+      <c r="B4" t="s">
+        <v>438</v>
+      </c>
+      <c r="C4" t="s">
+        <v>439</v>
+      </c>
+      <c r="D4" t="s">
+        <v>440</v>
+      </c>
+      <c r="E4" t="s">
+        <v>441</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>442</v>
+      </c>
+      <c r="H4" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>425</v>
+      </c>
+      <c r="B5" t="s">
+        <v>444</v>
+      </c>
+      <c r="C5" t="s">
+        <v>445</v>
+      </c>
+      <c r="D5" t="s">
+        <v>440</v>
+      </c>
+      <c r="E5" t="s">
+        <v>441</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>446</v>
+      </c>
+      <c r="H5" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>425</v>
+      </c>
+      <c r="B6" t="s">
+        <v>448</v>
+      </c>
+      <c r="C6" t="s">
+        <v>449</v>
+      </c>
+      <c r="D6" t="s">
+        <v>450</v>
+      </c>
+      <c r="E6" t="s">
+        <v>451</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>452</v>
+      </c>
+      <c r="H6" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>425</v>
+      </c>
+      <c r="B7" t="s">
+        <v>454</v>
+      </c>
+      <c r="C7" t="s">
+        <v>455</v>
+      </c>
+      <c r="D7" t="s">
+        <v>456</v>
+      </c>
+      <c r="E7" t="s">
+        <v>457</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>458</v>
+      </c>
+      <c r="H7" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>425</v>
+      </c>
+      <c r="B8" t="s">
+        <v>460</v>
+      </c>
+      <c r="C8" t="s">
+        <v>461</v>
+      </c>
+      <c r="D8" t="s">
+        <v>462</v>
+      </c>
+      <c r="E8" t="s">
+        <v>463</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>464</v>
+      </c>
+      <c r="H8" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>425</v>
+      </c>
+      <c r="B9" t="s">
+        <v>466</v>
+      </c>
+      <c r="C9" t="s">
+        <v>467</v>
+      </c>
+      <c r="D9" t="s">
+        <v>468</v>
+      </c>
+      <c r="E9" t="s">
+        <v>469</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>470</v>
+      </c>
+      <c r="H9" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>425</v>
+      </c>
+      <c r="B10" t="s">
+        <v>472</v>
+      </c>
+      <c r="C10" t="s">
+        <v>473</v>
+      </c>
+      <c r="D10" t="s">
+        <v>468</v>
+      </c>
+      <c r="E10" t="s">
+        <v>474</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>475</v>
+      </c>
+      <c r="H10" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>425</v>
+      </c>
+      <c r="B11" t="s">
+        <v>477</v>
+      </c>
+      <c r="C11" t="s">
+        <v>478</v>
+      </c>
+      <c r="D11" t="s">
+        <v>479</v>
+      </c>
+      <c r="E11" t="s">
+        <v>480</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>481</v>
+      </c>
+      <c r="H11" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>425</v>
+      </c>
+      <c r="B12" t="s">
+        <v>483</v>
+      </c>
+      <c r="C12" t="s">
+        <v>484</v>
+      </c>
+      <c r="D12" t="s">
+        <v>485</v>
+      </c>
+      <c r="E12" t="s">
+        <v>486</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>487</v>
+      </c>
+      <c r="H12" t="s">
+        <v>488</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B2" t="s">
+        <v>490</v>
+      </c>
+      <c r="C2" t="s">
+        <v>491</v>
+      </c>
+      <c r="D2" t="s">
+        <v>492</v>
+      </c>
+      <c r="E2" t="s">
+        <v>493</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>494</v>
+      </c>
+      <c r="H2" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C3" t="s">
+        <v>497</v>
+      </c>
+      <c r="D3" t="s">
+        <v>498</v>
+      </c>
+      <c r="E3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>500</v>
+      </c>
+      <c r="H3" t="s">
+        <v>501</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>52</v>
+        <v>502</v>
       </c>
       <c r="J1" t="s">
-        <v>53</v>
+        <v>503</v>
       </c>
       <c r="K1" t="s">
-        <v>54</v>
+        <v>504</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>505</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>506</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>507</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>508</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
+        <v>509</v>
       </c>
       <c r="I2" t="s">
-        <v>60</v>
+        <v>510</v>
       </c>
       <c r="J2" t="s">
-        <v>61</v>
+        <v>511</v>
       </c>
       <c r="K2" t="s">
-        <v>62</v>
+        <v>512</v>
       </c>
       <c r="L2" t="s">
-        <v>63</v>
+        <v>513</v>
       </c>
       <c r="M2" t="s">
-        <v>64</v>
+        <v>514</v>
       </c>
       <c r="N2" t="s">
-        <v>65</v>
+        <v>515</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>