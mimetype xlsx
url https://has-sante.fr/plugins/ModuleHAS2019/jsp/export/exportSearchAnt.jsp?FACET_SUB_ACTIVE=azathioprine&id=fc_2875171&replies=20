--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -101,50 +101,80 @@
   <si>
     <t>p_3585926</t>
   </si>
   <si>
     <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
   </si>
   <si>
     <t>29/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>15/12/2025 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
   </si>
   <si>
     <t>p_3776085</t>
   </si>
   <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
@@ -770,108 +800,78 @@
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
   </si>
   <si>
     <t>05/07/2018 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
   </si>
   <si>
     <t>c_2860688</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Pneumopathies interstitielles diffuses de l’enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
   </si>
   <si>
     <t>c_2802885</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2772874</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
@@ -1763,51 +1763,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>29</v>
       </c>
       <c r="D3" t="s">
@@ -1893,103 +1893,103 @@
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>46</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="s">
         <v>49</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>50</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>51</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>55</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>56</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
         <v>59</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>62</v>
       </c>
       <c r="H9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
       <c r="C10" t="s">
         <v>65</v>
       </c>
       <c r="D10" t="s">
@@ -2127,181 +2127,181 @@
       </c>
       <c r="E15" t="s">
         <v>91</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>92</v>
       </c>
       <c r="H15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>22</v>
       </c>
       <c r="B16" t="s">
         <v>94</v>
       </c>
       <c r="C16" t="s">
         <v>95</v>
       </c>
       <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>96</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>97</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" t="s">
         <v>100</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>102</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
         <v>106</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>107</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>108</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
         <v>111</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>112</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>113</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>114</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
         <v>117</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>118</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>119</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
         <v>122</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>124</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>125</v>
       </c>
       <c r="H21" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
         <v>127</v>
       </c>
       <c r="C22" t="s">
         <v>128</v>
       </c>
       <c r="D22" t="s">
@@ -2546,129 +2546,129 @@
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>175</v>
       </c>
       <c r="H31" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
         <v>177</v>
       </c>
       <c r="C32" t="s">
         <v>178</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H32" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="H33" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>193</v>
       </c>
       <c r="H35" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
         <v>195</v>
       </c>
       <c r="C36" t="s">
         <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
@@ -2829,103 +2829,103 @@
       </c>
       <c r="E42" t="s">
         <v>227</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>228</v>
       </c>
       <c r="H42" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>22</v>
       </c>
       <c r="B43" t="s">
         <v>230</v>
       </c>
       <c r="C43" t="s">
         <v>231</v>
       </c>
       <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
         <v>232</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>233</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
+        <v>235</v>
+      </c>
+      <c r="C44" t="s">
         <v>236</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
         <v>237</v>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
         <v>238</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" t="s">
         <v>241</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>243</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>244</v>
       </c>
       <c r="H45" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>22</v>
       </c>
       <c r="B46" t="s">
         <v>246</v>
       </c>
       <c r="C46" t="s">
         <v>247</v>
       </c>
       <c r="D46" t="s">