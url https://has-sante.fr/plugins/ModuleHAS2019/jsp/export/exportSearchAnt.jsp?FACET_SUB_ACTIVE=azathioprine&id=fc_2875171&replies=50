--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,1673 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="857" uniqueCount="516">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>08/10/2025 11:08:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...179 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndrome de Cogan</t>
-[...698 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...428 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>21/10/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759068/fr/imurel-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1720,51 +379,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1778,2776 +437,346 @@
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3">
-[...1350 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>291</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>292</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>293</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>294</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>295</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>296</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>291</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>297</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>298</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>299</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>301</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>302</v>
-[...181 lines deleted...]
-        <v>342</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>344</v>
+        <v>40</v>
       </c>
       <c r="C2" t="s">
-        <v>345</v>
+        <v>41</v>
       </c>
       <c r="D2" t="s">
-        <v>346</v>
+        <v>42</v>
       </c>
       <c r="E2" t="s">
-        <v>347</v>
+        <v>43</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>348</v>
+        <v>44</v>
       </c>
       <c r="H2" t="s">
-        <v>349</v>
+        <v>45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="B3" t="s">
-        <v>350</v>
+        <v>46</v>
       </c>
       <c r="C3" t="s">
-        <v>351</v>
+        <v>47</v>
       </c>
       <c r="D3" t="s">
-        <v>352</v>
+        <v>48</v>
       </c>
       <c r="E3" t="s">
-        <v>353</v>
+        <v>49</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>354</v>
+        <v>50</v>
       </c>
       <c r="H3" t="s">
-        <v>355</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>356</v>
+        <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>357</v>
+        <v>53</v>
       </c>
       <c r="D4" t="s">
-        <v>358</v>
+        <v>54</v>
       </c>
       <c r="E4" t="s">
-        <v>359</v>
+        <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>360</v>
+        <v>56</v>
       </c>
       <c r="H4" t="s">
-        <v>361</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...894 lines deleted...]
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>502</v>
+        <v>58</v>
       </c>
       <c r="J1" t="s">
-        <v>503</v>
+        <v>59</v>
       </c>
       <c r="K1" t="s">
-        <v>504</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>505</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>506</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>507</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>508</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>509</v>
+        <v>65</v>
       </c>
       <c r="I2" t="s">
-        <v>510</v>
+        <v>66</v>
       </c>
       <c r="J2" t="s">
-        <v>511</v>
+        <v>67</v>
       </c>
       <c r="K2" t="s">
-        <v>512</v>
+        <v>68</v>
       </c>
       <c r="L2" t="s">
-        <v>513</v>
+        <v>69</v>
       </c>
       <c r="M2" t="s">
-        <v>514</v>
+        <v>70</v>
       </c>
       <c r="N2" t="s">
-        <v>515</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>