--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,237 +1,584 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="51">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 27 octobre 2021</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293944/fr/commission-de-la-transparence-reunion-a-distance-du-27-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3293944</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SIBNAYAL (bicarbonate de potassium/ citrate de potassium)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315076/en/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
+    <t>08/02/2022 17:10:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315076/fr/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
   </si>
   <si>
     <t>p_3315076</t>
   </si>
   <si>
     <t>bicarbonate de potassium,citrate de potassium</t>
   </si>
   <si>
     <t>ADVICENNE S.A</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3313553/en/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
+    <t>https://www.has-sante.fr/jcms/p_3313553/fr/sibnayal-bicarbonate-de-potassium/-citrate-de-potassium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
+        <v>39</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>