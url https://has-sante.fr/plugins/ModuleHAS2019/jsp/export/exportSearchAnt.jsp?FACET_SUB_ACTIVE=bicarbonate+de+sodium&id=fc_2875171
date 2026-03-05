--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,2346 +1,588 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEBUSAL</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/07/2020 00:00:00</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
+    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
+  </si>
+  <si>
+    <t>Enteral accesses for enteral nutrition involve nasogastric, nasoduodenal and nasojejunal tubes, and gastrostomy and jejunostomy tubes in adults. These guidelines describe the sequences of recommended actions for inserting a nasogastric tube, and also for monitoring, daily care, and informing and educating the patients about the three possible enteral accesses. They do not cover indications for enteral nutrition, insertion of gastrostomy and jejunostomy tubes or procedures for administering or monitoring nutrition products.</t>
+  </si>
+  <si>
+    <t>04/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
   </si>
   <si>
     <t>c_272139</t>
   </si>
   <si>
-    <t>Appréciation du risque carieux et indications du scellement prophylactique des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272496/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
+    <t>Assessment of caries risk and indications for pit and fissure sealants (first and second permanent molars) in children and in adolescents under 18</t>
+  </si>
+  <si>
+    <t>- Describe how to assess individual caries risk# - Provide indications for pit and fissure sealing (first and second permanent molars)# - Propose # a clinical protocol for applying materials and monitoring sealants</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272496/en/assessment-of-caries-risk-and-indications-for-pit-and-fissure-sealants-first-and-second-permanent-molars-in-children-and-in-adolescents-under-18</t>
   </si>
   <si>
     <t>c_272496</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...209 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3447378/fr/occlusion-de-la-petite-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee-avec-guidage-echographique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Ultrasound-guided transcutaneous venous occlusion of the small saphenous vein - INAHTA BRIEF</t>
+  </si>
+  <si>
+    <t>The aim of this assessment was to assess the benefit-risk balance of the radiofrequency (RF) small saphenous vein (SSV) occlusion procedure, which had not previously been assessed by the French National Authority for Health (HAS), and to define its role among previously assessed techniques approved for cover. The ultimate aim was to assess whether it should be covered by National Health Insurance</t>
+  </si>
+  <si>
+    <t>06/15/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/20/2023 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447378/en/ultrasound-guided-transcutaneous-venous-occlusion-of-the-small-saphenous-vein-inahta-brief</t>
   </si>
   <si>
     <t>p_3447378</t>
   </si>
   <si>
-    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
-[...161 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>BICARBONATE DE SODIUM RENAUDIN (bicarbonate de sodium)</t>
   </si>
   <si>
-    <t>29/07/2024 16:44:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983006/fr/bicarbonate-de-sodium-renaudin-bicarbonate-de-sodium</t>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983006/en/bicarbonate-de-sodium-renaudin-bicarbonate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2983006</t>
   </si>
   <si>
     <t>bicarbonate de sodium</t>
   </si>
   <si>
     <t>CHAIX ET DU MARAIS / COOPERATION PHARMACEUTIQUE FRANCAISE / LABORATOIRE RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400692/fr/bicarbonate-de-sodium-1-4-aguettant-solution-pour-perfusion-boite-de-1-flacon-de-500-ml-code-cip-319-525-7</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534726/fr/bicarbonate-de-sodium-renaudin-bicarbonate-de-sodium-acidose-metabolique</t>
+    <t>https://www.has-sante.fr/jcms/c_400692/en/bicarbonate-de-sodium-1-4-aguettant-solution-pour-perfusion-boite-de-1-flacon-de-500-ml-code-cip-319-525-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400693/en/bicarbonate-de-sodium-lavoisier-1-4-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-cip-305-750-3-boite-de-1-flacon-de-500-ml-cip-305-752-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1009516/en/bicarbonate-de-sodium-lavoisier-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052638/en/bicarbonate-de-sodium-cooper-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658540/en/bicarbonate-de-sodium-lavoisier-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886953/en/bicarbonate-de-sodium-renaudin-sodium-bicarbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534726/en/sodium-bicarbonate-1-4-renaudin-sodium-bicarbonate-metabolic-acidosis</t>
   </si>
   <si>
     <t>BICAFRES (bicarbonate de sodium)</t>
   </si>
   <si>
-    <t>10/02/2023 08:59:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3411862/fr/bicafres-bicarbonate-de-sodium</t>
+    <t>02/10/2023 08:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411862/en/bicafres-bicarbonate-de-sodium</t>
   </si>
   <si>
     <t>p_3411862</t>
   </si>
   <si>
     <t>THERADIAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3411347/fr/bicafres-bicarbonate-de-sodium-acidose-metabolique-chez-les-adultes-et-les-adolescents</t>
-[...149 lines deleted...]
-    <t>r_1505659</t>
+    <t>https://www.has-sante.fr/jcms/p_3411347/en/bicafres-sodium-bicarbonate-metabolic-acidosis-in-adults-and-adolescents-aged-14-years-and-older</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
-[...2 lines deleted...]
-      <c r="D2" t="s">
+      <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...114 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...71 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1138 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>244</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>245</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>246</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>247</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>248</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>249</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
+      </c>
+      <c r="J2" t="s">
+        <v>42</v>
+      </c>
+      <c r="K2" t="s">
+        <v>43</v>
+      </c>
+      <c r="L2" t="s">
+        <v>44</v>
+      </c>
+      <c r="M2" t="s">
+        <v>45</v>
+      </c>
+      <c r="N2" t="s">
+        <v>46</v>
+      </c>
+      <c r="O2" t="s">
+        <v>47</v>
+      </c>
+      <c r="P2" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+      <c r="I3" t="s">
+        <v>41</v>
+      </c>
+      <c r="J3" t="s">
+        <v>54</v>
+      </c>
+      <c r="K3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>