--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,1626 +1,641 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>27/10/2021 16:49:26</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3295110/fr/dekas-plus</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...176 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...38 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>VIANT</t>
   </si>
   <si>
-    <t>06/01/2022 18:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3307893/fr/viant</t>
+    <t>01/06/2022 18:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307893/en/viant</t>
   </si>
   <si>
     <t>p_3307893</t>
   </si>
   <si>
     <t>acide ascorbique,acide folique,biotine,colécalciférol,cyanocobalamine,dexpanthénol,nicotinamide,phytoménadione,pyridoxine (chlorhydrate de),rétinol (palmitate de),riboflavine (phosphate sodique de),thiamine (chlorhydrate de),tout-rac-alpha-tocophérol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3305312/fr/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400674/fr/soluvit-lyophilisat-pour-usage-parenteral-flacon-verre-de-10-ml-boite-de-10-flacons-code-cip-367-669-5</t>
+    <t>https://www.has-sante.fr/jcms/p_3305312/en/viant-acide-folique/-nicotinamide/-pyridoxine/-riboflavine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
-[...42 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>43</v>
+      </c>
+      <c r="J1" t="s">
+        <v>44</v>
+      </c>
+      <c r="K1" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
-[...35 lines deleted...]
-      <c r="C4" t="s">
         <v>50</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I2" t="s">
         <v>51</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J2" t="s">
         <v>52</v>
       </c>
-      <c r="H4" t="s">
+      <c r="K2" t="s">
         <v>53</v>
-      </c>
-[...686 lines deleted...]
-        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>