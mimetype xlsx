--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,513 +1,946 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Solutés de réhydratation orale (SRO)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>16/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398439/fr/solutes-de-rehydratation-orale-sro</t>
+  </si>
+  <si>
+    <t>c_398439</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Documents for Patients</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est d’identifier des examens alternatifs à la scintigraphie de perfusion au technétium 99m en contexte de pénurie pour cet isotope chez la femme enceinte suspecte d’embolie pulmonaire non massive. L’angioscanner et l’échographie veineuse (avec doppler) des membres inférieurs sont les deux examens validés en alternative à la scintigraphie</t>
+  </si>
+  <si>
+    <t>17/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 17 janvier 2017</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777672/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-17-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2777672</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 octobre 2012</t>
+  </si>
+  <si>
+    <t>03/10/2012 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1314598/fr/commission-de-la-transparence-reunion-du-3-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1314598</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PYLERA (bismuth potassique (sous-citrate de)/ métronidazole/ tétracycline (chl...)</t>
   </si>
   <si>
-    <t>05/04/2018 14:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983315/en/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983315/fr/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
   </si>
   <si>
     <t>pprd_2983315</t>
   </si>
   <si>
     <t>bismuth potassique (sous-citrate de),métronidazole,tétracycline (chlorhydrate de)</t>
   </si>
   <si>
     <t>ALLERGAN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1323107/en/pylera</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2847905/en/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+    <t>https://www.has-sante.fr/jcms/c_1323107/fr/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847905/fr/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+  </si>
+  <si>
+    <t>ANOREINE (carraghénates/ sous-gallate de bismuth/ zinc (oxyde de))</t>
+  </si>
+  <si>
+    <t>26/09/2007 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985424/fr/anoreine-carraghenates/-sous-gallate-de-bismuth/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>pprd_2985424</t>
+  </si>
+  <si>
+    <t>carraghénates,sous-gallate de bismuth,zinc (oxyde de)</t>
+  </si>
+  <si>
+    <t>McNEIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523331/fr/anoreine-carraghenates/-sous-gallate-de-bismuth/-zinc-oxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598192/fr/anoreine-carraghenates/-sous-gallate-de-bismuth/-zinc-oxyde-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>17</v>
       </c>
-      <c r="C2" t="s">
-[...15 lines deleted...]
-        <v>22</v>
+      <c r="B3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>37</v>
       </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>66</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
+        <v>72</v>
+      </c>
+      <c r="I2" t="s">
+        <v>73</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+      <c r="I3" t="s">
+        <v>81</v>
+      </c>
+      <c r="J3" t="s">
+        <v>82</v>
+      </c>
+      <c r="K3" t="s">
+        <v>83</v>
+      </c>
+      <c r="L3" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>