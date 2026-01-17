--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -1,152 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>07/01/2006 11:28:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 novembre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772116/fr/commission-de-la-transparence-reunion-du-5-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772116</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>BRINZOLAMIDE/BRIMONIDINE ZENTIVA (brinzolamide/brimonidine)</t>
+  </si>
+  <si>
+    <t>25/03/2024 11:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502229/fr/brinzolamide/brimonidine-zentiva-brinzolamide/brimonidine</t>
+  </si>
+  <si>
+    <t>p_3502229</t>
+  </si>
+  <si>
+    <t>brinzolamide,brimonidine</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502155/fr/brinzolamide/brimonidine-zentiva-brinzolamide/brimonidine-glaucome-a-angle-ouvert-et-hypertonie-oculaire</t>
+  </si>
+  <si>
+    <t>BRIMONIDINE/TIMOLOL BIOGARAN (brimonidine/timolol)</t>
+  </si>
+  <si>
+    <t>28/09/2022 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372304/fr/brimonidine/timolol-biogaran-brimonidine/timolol</t>
+  </si>
+  <si>
+    <t>p_3372304</t>
+  </si>
+  <si>
+    <t>brimonidine,timolol</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367628/fr/brimonidine-timolol-biogaran-brimonidine/timolol</t>
+  </si>
+  <si>
+    <t>BRIMONIDINE OMNIVISION (brimonidine)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263627/fr/brimonidine-omnivision-brimonidine</t>
+  </si>
+  <si>
+    <t>p_3263627</t>
+  </si>
+  <si>
+    <t>brimonidine</t>
+  </si>
+  <si>
+    <t>OMNIVISION GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262268/fr/brimonidine-omnivision-brimonidine</t>
+  </si>
+  <si>
+    <t>COMBIGAN (brimonidine, timolol (maléate)/ timolol (maléate de)/ brimonidine (tar...)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984178/fr/combigan-brimonidine-timolol-maleate-/-timolol-maleate-de-/-brimonidine-tar</t>
+  </si>
+  <si>
+    <t>pprd_2984178</t>
+  </si>
+  <si>
+    <t>brimonidine, timolol (maléate),timolol (maléate de),brimonidine (tartrate de)</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013265/fr/combigan-brimonidine-timolol-maleate-/-timolol-maleate-de-/-brimonidine-tar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613525/fr/combigan-brimonidine-timolol-maleate-/-timolol-maleate-de-/-brimonidine-tar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400905/fr/combigan-collyre-en-solution-flacon-de-5-ml-cip-371-722-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +426,601 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J1" t="s">
+        <v>64</v>
+      </c>
+      <c r="K1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I2" t="s">
+        <v>71</v>
+      </c>
+      <c r="J2" t="s">
+        <v>72</v>
+      </c>
+      <c r="K2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+      <c r="I3" t="s">
+        <v>78</v>
+      </c>
+      <c r="J3" t="s">
+        <v>79</v>
+      </c>
+      <c r="K3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" t="s">
+        <v>85</v>
+      </c>
+      <c r="J4" t="s">
+        <v>86</v>
+      </c>
+      <c r="K4" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H5" t="s">
+        <v>91</v>
+      </c>
+      <c r="I5" t="s">
+        <v>92</v>
+      </c>
+      <c r="J5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K5" t="s">
+        <v>94</v>
+      </c>
+      <c r="L5" t="s">
+        <v>95</v>
+      </c>
+      <c r="M5" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>