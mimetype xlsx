--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -1,191 +1,335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="74">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>07/01/2006 11:28:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 novembre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772116/fr/commission-de-la-transparence-reunion-du-5-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772116</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2009</t>
+  </si>
+  <si>
+    <t>04/02/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692498/fr/commission-de-la-transparence-reunion-du-4-fevrier-2009</t>
+  </si>
+  <si>
+    <t>c_692498</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>BRINZOLAMIDE/BRIMONIDINE ZENTIVA (brinzolamide/brimonidine)</t>
+  </si>
+  <si>
+    <t>25/03/2024 11:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502229/fr/brinzolamide/brimonidine-zentiva-brinzolamide/brimonidine</t>
+  </si>
+  <si>
+    <t>p_3502229</t>
+  </si>
+  <si>
+    <t>brinzolamide,brimonidine</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502155/fr/brinzolamide/brimonidine-zentiva-brinzolamide/brimonidine-glaucome-a-angle-ouvert-et-hypertonie-oculaire</t>
+  </si>
+  <si>
+    <t>BRINZOLAMIDE/TIMOLOL (brinzolamide/timolol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502232/fr/brinzolamide/timolol-brinzolamide/timolol</t>
+  </si>
+  <si>
+    <t>p_3502232</t>
+  </si>
+  <si>
+    <t>brinzolamide,timolol</t>
+  </si>
+  <si>
+    <t>BIOGARAN / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502158/fr/brinzolamide/timolol-biogaran-brinzolamide/timolol-glaucome-a-angle-ouvert-et-hypertonie-intraoculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502151/fr/brinzolamide/timolol-zentiva-brinzolamide/timolol-glaucome-a-angle-ouvert-et-hypertonie-intraoculaire</t>
+  </si>
+  <si>
+    <t>AZOPT (brinzolamide)</t>
+  </si>
+  <si>
+    <t>09/01/2023 09:51:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984373/fr/azopt-brinzolamide</t>
+  </si>
+  <si>
+    <t>pprd_2984373</t>
+  </si>
+  <si>
+    <t>brinzolamide</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400898/fr/azopt-10-mg/ml-collyre-en-suspension-1-flacon-de-5-ml-cip-354-349-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866798/fr/azopt-brinzolamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952662/fr/azopt-brinzolamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561594/fr/azopt-brinzolamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402360/fr/azopt-brinzolamide-antiglaucomateux</t>
   </si>
   <si>
     <t>AZARGA (brinzolamide/ timolol)</t>
   </si>
   <si>
-    <t>01/21/2016 11:52:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984248/en/azarga-brinzolamide/-timolol</t>
+    <t>21/01/2016 11:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984248/fr/azarga-brinzolamide/-timolol</t>
   </si>
   <si>
     <t>pprd_2984248</t>
   </si>
   <si>
-    <t>brinzolamide,timolol</t>
-[...1 lines deleted...]
-  <si>
     <t>ALCON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_750912/en/azarga</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589172/en/azarga-brinzolamide/-timolol</t>
+    <t>https://www.has-sante.fr/jcms/c_750912/fr/azarga-brinzolamide/-timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589172/fr/azarga-brinzolamide/-timolol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -212,122 +356,438 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
         <v>19</v>
       </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>24</v>
       </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>38</v>
+      </c>
+      <c r="J1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I2" t="s">
+        <v>46</v>
+      </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J3" t="s">
+        <v>53</v>
+      </c>
+      <c r="K3" t="s">
+        <v>54</v>
+      </c>
+      <c r="L3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+      <c r="I4" t="s">
+        <v>60</v>
+      </c>
+      <c r="J4" t="s">
+        <v>61</v>
+      </c>
+      <c r="K4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L5" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>