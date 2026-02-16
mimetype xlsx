--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -227,51 +227,51 @@
   <si>
     <t>11/05/2021 13:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3266397/fr/commission-de-la-transparence-reunion-a-distance-du-19-mai-2021</t>
   </si>
   <si>
     <t>p_3266397</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
   </si>
   <si>
     <t>23/11/2016 12:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
   </si>
   <si>
     <t>c_2725162</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 7 mai 2014</t>
   </si>
   <si>
-    <t>30/06/2008 00:00:00</t>
+    <t>30/04/2014 17:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
   </si>
   <si>
     <t>c_1739113</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>DOSTINEX (cabergoline)</t>
   </si>
   <si>
     <t>21/02/2022 15:26:36</t>
   </si>