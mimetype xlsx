--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,314 +1,1068 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="106">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>ENSTILAR (bétaméthasone (dipropionate de)/ calcipotriol monohydraté)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/30/2021 10:55:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983486/en/enstilar-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 décembre 2023</t>
+  </si>
+  <si>
+    <t>06/02/2024 10:52:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493272/fr/commission-de-la-transparence-reunion-du-20-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3493272</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>18/12/2023 11:12:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478829/fr/commission-de-la-transparence-reunion-du-20-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3478829</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2012</t>
+  </si>
+  <si>
+    <t>19/12/2012 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343639/fr/commission-de-la-transparence-reunion-du-19-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1343639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juin 2010</t>
+  </si>
+  <si>
+    <t>16/06/2010 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959819/fr/commission-de-la-transparence-reunion-du-16-juin-2010</t>
+  </si>
+  <si>
+    <t>c_959819</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2009</t>
+  </si>
+  <si>
+    <t>04/02/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692498/fr/commission-de-la-transparence-reunion-du-4-fevrier-2009</t>
+  </si>
+  <si>
+    <t>c_692498</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CLOSALIS (calcipotriol/bétaméthasone)</t>
+  </si>
+  <si>
+    <t>22/01/2024 08:39:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490421/fr/closalis-calcipotriol/betamethasone</t>
+  </si>
+  <si>
+    <t>p_3490421</t>
+  </si>
+  <si>
+    <t>calcipotriol,bétaméthasone</t>
+  </si>
+  <si>
+    <t>EURODEP PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488641/fr/closalis-calcipotriol/betamethasone-psoriasis</t>
+  </si>
+  <si>
+    <t>WYNZORA (calcipotriol/bétaméthasone)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389548/fr/wynzora-calcipotriol/betamethasone</t>
+  </si>
+  <si>
+    <t>p_3389548</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389403/fr/wynzora-calcipotriol/betamethasone-psoriasis</t>
+  </si>
+  <si>
+    <t>ENSTILAR (calcipotriol, bétaméthasone)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983486/fr/enstilar-calcipotriol-betamethasone</t>
   </si>
   <si>
     <t>pprd_2983486</t>
   </si>
   <si>
     <t>bétaméthasone,calcipotriol</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2803498/en/enstilar-calcipotriol-betamethasone-antipsoriatic</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3262265/en/enstilar-calcipotriol-betamethasone</t>
+    <t>https://www.has-sante.fr/jcms/c_2803498/fr/enstilar-calcipotriol-betamethasone-antipsoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262271/fr/enstilar-calcipotriol-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262265/fr/enstilar-calcipotriol-betamethasone</t>
+  </si>
+  <si>
+    <t>DAIVOBET (bétaméthasone (dipropionate de)/ calcipotriol monohydraté)</t>
+  </si>
+  <si>
+    <t>11/10/2019 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984499/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984499</t>
+  </si>
+  <si>
+    <t>bétaméthasone (dipropionate de),calcipotriol monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399939/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545419/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778868/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968478/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743048/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040751/fr/daivobet-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111988/fr/daivobet-xamiol-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
   </si>
   <si>
     <t>XAMIOL (calcipotriol/ dipropionate de bétaméthasone)</t>
   </si>
   <si>
-    <t>10/11/2019 17:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984761/en/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984761/fr/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
   </si>
   <si>
     <t>pprd_2984761</t>
   </si>
   <si>
     <t>calcipotriol,dipropionate de bétaméthasone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_778871/en/xamiol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3111988/en/daivobet-xamiol-betamethasone-dipropionate-de-/-calcipotriol-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_778871/fr/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743051/fr/xamiol-calcipotriol/-dipropionate-de-betamethasone</t>
+  </si>
+  <si>
+    <t>DAIVONEX (calcipotriol monohydraté)</t>
+  </si>
+  <si>
+    <t>29/03/2017 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983679/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983679</t>
+  </si>
+  <si>
+    <t>calcipotriol monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399371/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399372/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399370/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545534/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725208/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356879/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661844/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752839/fr/daivonex-calcipotriol-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
-[...10 lines deleted...]
-      <c r="M2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>22</v>
       </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I7" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+      <c r="I9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J1" t="s">
+        <v>50</v>
+      </c>
+      <c r="K1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+      <c r="J2" t="s">
+        <v>58</v>
+      </c>
+      <c r="K2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="J3" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>67</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" t="s">
+        <v>69</v>
+      </c>
+      <c r="I4" t="s">
+        <v>70</v>
+      </c>
+      <c r="J4" t="s">
+        <v>71</v>
+      </c>
+      <c r="K4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L4" t="s">
+        <v>73</v>
+      </c>
+      <c r="M4" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I5" t="s">
+        <v>79</v>
+      </c>
+      <c r="J5" t="s">
+        <v>71</v>
+      </c>
+      <c r="K5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L5" t="s">
+        <v>81</v>
+      </c>
+      <c r="M5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O5" t="s">
+        <v>84</v>
+      </c>
+      <c r="P5" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" t="s">
+        <v>89</v>
+      </c>
+      <c r="I6" t="s">
+        <v>90</v>
+      </c>
+      <c r="J6" t="s">
+        <v>71</v>
+      </c>
+      <c r="K6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L6" t="s">
+        <v>92</v>
+      </c>
+      <c r="M6" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>95</v>
+      </c>
+      <c r="H7" t="s">
+        <v>96</v>
+      </c>
+      <c r="I7" t="s">
+        <v>97</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>98</v>
+      </c>
+      <c r="L7" t="s">
+        <v>99</v>
+      </c>
+      <c r="M7" t="s">
+        <v>100</v>
+      </c>
+      <c r="N7" t="s">
+        <v>101</v>
+      </c>
+      <c r="O7" t="s">
+        <v>102</v>
+      </c>
+      <c r="P7" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>104</v>
+      </c>
+      <c r="R7" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>