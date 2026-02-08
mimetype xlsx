--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,1412 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/04/2025 16:12:00</t>
-[...191 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Prévention des chutes accidentelles chez la personne âgée</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356838/fr/utilite-clinique-du-dosage-de-la-vitamine-d-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical utility of the measurement of vitamin D</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to precise in which clinical situation the measurement of 25(OH)D would be considered useful</t>
+  </si>
+  <si>
+    <t>10/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/30/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
   </si>
   <si>
     <t>c_1356838</t>
-  </si>
-[...124 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680650/fr/rocaltrol-calcitriol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
-[...12 lines deleted...]
-      <c r="D5" t="s">
         <v>28</v>
-      </c>
-[...218 lines deleted...]
-        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...515 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>