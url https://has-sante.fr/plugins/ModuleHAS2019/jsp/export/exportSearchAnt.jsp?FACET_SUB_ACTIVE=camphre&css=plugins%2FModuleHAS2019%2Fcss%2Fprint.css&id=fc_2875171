--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,157 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>INONGAN (salicylate de méthyle/ camphre)</t>
+  </si>
+  <si>
+    <t>07/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985751/fr/inongan-salicylate-de-methyle/-camphre</t>
+  </si>
+  <si>
+    <t>pprd_2985751</t>
+  </si>
+  <si>
+    <t>salicylate de méthyle,camphre</t>
+  </si>
+  <si>
+    <t>FUMOUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400497/fr/inongan-salicylate-de-methyle/-camphre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +237,179 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>