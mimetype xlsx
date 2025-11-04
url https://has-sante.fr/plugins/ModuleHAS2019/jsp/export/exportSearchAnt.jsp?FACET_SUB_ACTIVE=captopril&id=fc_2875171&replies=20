--- v0 (2025-11-03)
+++ v1 (2025-11-04)
@@ -1,327 +1,2043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="216">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>LIFEVEST 4000</t>
+  </si>
+  <si>
+    <t>22/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2014 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740099/fr/lifevest-4000</t>
+  </si>
+  <si>
+    <t>c_1740099</t>
+  </si>
+  <si>
+    <t>ZOLL MEDICAL FRANCE</t>
+  </si>
+  <si>
+    <t>LIFEVEST WCD 3100 - CNEDiMTS du 04 mai 2010 (2305) avis</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2010 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928433/fr/lifevest-wcd-3100-cnedimts-du-04-mai-2010-2305-avis</t>
+  </si>
+  <si>
+    <t>c_928433</t>
+  </si>
+  <si>
+    <t>IST CARDIOLOGIE SAS France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Quelle place pour le candésartan (Atacand®, Kenzen®) dans l'insuffisance cardiaque ?</t>
+  </si>
+  <si>
+    <t>Un traitement de deuxième intention de l'insuffisance cardiaque.# Le candésartan est le premier antagoniste des récepteurs AT1 de l’angiotensine II (ARA II ou sartans) indiqué dans la prise en charge de l’insuffisance cardiaque (IC) systolique. Son emploi dans cette indication est toutefois limité à deux situations : il peut remplacer les inhibiteurs de l’enzyme de conversion (IEC) lorsqu’ils sont mal tolérés, ou leur être associé chez une partie des patients qui restent symptomatiques en dépit d’un traitement médical optimal.</t>
+  </si>
+  <si>
+    <t>31/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2006 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440019/fr/quelle-place-pour-le-candesartan-atacand-kenzen-dans-l-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>r_1440019</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juillet 2017</t>
+  </si>
+  <si>
+    <t>06/07/2017 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779500/fr/college-deliberatif-du-12-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2779500</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2012</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité EDARBI par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>05/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339317/fr/commission-de-la-transparence-reunion-du-5-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1339317</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0095/AC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ENTRESTO (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation décrites au paragraphe 02 de l’annexe du présent avis, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/11/2015 14:30:00</t>
+  </si>
+  <si>
+    <t>07/12/2015 17:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579309/fr/avis-n-2015-0095/ac/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-entresto-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2579309</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>NOYADA (captopril)</t>
   </si>
   <si>
-    <t>03/30/2018 11:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983340/en/noyada-captopril</t>
+    <t>30/03/2018 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983340/fr/noyada-captopril</t>
   </si>
   <si>
     <t>pprd_2983340</t>
   </si>
   <si>
     <t>captopril</t>
   </si>
   <si>
     <t>ETHYPHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2839032/en/noyada-captopril-converting-enzyme-inhibitors</t>
+    <t>https://www.has-sante.fr/jcms/c_2839032/fr/noyada-captopril-inhibiteurs-de-l-enzyme-de-conversion</t>
+  </si>
+  <si>
+    <t>LOPRIL (captopril)</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984274/fr/lopril-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2984274</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398991/fr/lopril-25-mg-comprime-secable-boite-de-30-lopril-50-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460107/fr/lopril-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003613/fr/lopril-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585414/fr/lopril-captopril</t>
+  </si>
+  <si>
+    <t>ECAZIDE (hydrochlorothiazide/ captopril)</t>
+  </si>
+  <si>
+    <t>24/09/2012 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985001/fr/ecazide-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2985001</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594460/fr/ecazide-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298547/fr/ecazide-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>CAPTEA (hydrochlorothiazide/ captopril)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985003/fr/captea-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2985003</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594488/fr/captea-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298535/fr/captea-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>CAPTOLANE (captopril)</t>
+  </si>
+  <si>
+    <t>19/07/2006 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985509/fr/captolane-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2985509</t>
+  </si>
+  <si>
+    <t>AVENTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398848/fr/captolane-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459814/fr/captolane-captopril</t>
+  </si>
+  <si>
+    <t>CAPTOPRIL HYDROCHLOROTHIAZIDE G GAM (captopril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>16/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985648/fr/captopril-hydrochlorothiazide-g-gam-captopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2985648</t>
+  </si>
+  <si>
+    <t>captopril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>G GAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400732/fr/captopril-hydrochlorothiazide-g-gam-captopril/-hydrochlorothiazide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>31</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>81</v>
+      </c>
+      <c r="H11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>84</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>85</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>86</v>
+      </c>
+      <c r="H12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E5" t="s">
+        <v>109</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" t="s">
+        <v>112</v>
+      </c>
+      <c r="C6" t="s">
+        <v>113</v>
+      </c>
+      <c r="D6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E6" t="s">
+        <v>115</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>116</v>
+      </c>
+      <c r="H6" t="s">
+        <v>117</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>126</v>
+      </c>
+      <c r="D3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H3" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D4" t="s">
+        <v>133</v>
+      </c>
+      <c r="E4" t="s">
+        <v>134</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>135</v>
+      </c>
+      <c r="H4" t="s">
+        <v>136</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>146</v>
+      </c>
+      <c r="H3" t="s">
+        <v>147</v>
+      </c>
+      <c r="I3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>149</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>150</v>
+      </c>
+      <c r="H4" t="s">
+        <v>151</v>
+      </c>
+      <c r="I4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>154</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H5" t="s">
+        <v>156</v>
+      </c>
+      <c r="I5" t="s">
+        <v>143</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C3" t="s">
+        <v>165</v>
+      </c>
+      <c r="D3" t="s">
+        <v>166</v>
+      </c>
+      <c r="E3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>168</v>
+      </c>
+      <c r="H3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>170</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H2" t="s">
+        <v>176</v>
+      </c>
+      <c r="I2" t="s">
+        <v>177</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>178</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>182</v>
+      </c>
+      <c r="H3" t="s">
+        <v>183</v>
+      </c>
+      <c r="I3" t="s">
+        <v>177</v>
+      </c>
+      <c r="J3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K3" t="s">
+        <v>185</v>
+      </c>
+      <c r="L3" t="s">
+        <v>186</v>
+      </c>
+      <c r="M3" t="s">
+        <v>187</v>
+      </c>
+      <c r="N3" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>190</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>191</v>
+      </c>
+      <c r="H4" t="s">
+        <v>192</v>
+      </c>
+      <c r="I4" t="s">
+        <v>193</v>
+      </c>
+      <c r="J4" t="s">
+        <v>184</v>
+      </c>
+      <c r="K4" t="s">
+        <v>194</v>
+      </c>
+      <c r="L4" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B5" t="s">
+        <v>196</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>190</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>197</v>
+      </c>
+      <c r="H5" t="s">
+        <v>198</v>
+      </c>
+      <c r="I5" t="s">
+        <v>193</v>
+      </c>
+      <c r="J5" t="s">
+        <v>199</v>
+      </c>
+      <c r="K5" t="s">
+        <v>200</v>
+      </c>
+      <c r="L5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B6" t="s">
+        <v>202</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>203</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>204</v>
+      </c>
+      <c r="H6" t="s">
+        <v>205</v>
+      </c>
+      <c r="I6" t="s">
+        <v>177</v>
+      </c>
+      <c r="J6" t="s">
+        <v>206</v>
+      </c>
+      <c r="K6" t="s">
+        <v>207</v>
+      </c>
+      <c r="L6" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>172</v>
+      </c>
+      <c r="B7" t="s">
+        <v>209</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>210</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H7" t="s">
+        <v>212</v>
+      </c>
+      <c r="I7" t="s">
+        <v>213</v>
+      </c>
+      <c r="J7" t="s">
+        <v>214</v>
+      </c>
+      <c r="K7" t="s">
+        <v>215</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>