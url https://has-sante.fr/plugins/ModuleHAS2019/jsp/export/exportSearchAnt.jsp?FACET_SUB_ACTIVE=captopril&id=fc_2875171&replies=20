--- v1 (2025-11-04)
+++ v2 (2026-02-15)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="211">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -201,65 +201,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/02/2021 09:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
   </si>
   <si>
     <t>p_3236879</t>
   </si>
   <si>
     <t>La Cystinurie</t>
   </si>
   <si>
     <t>24/10/2019 00:00:00</t>
   </si>
   <si>
     <t>28/10/2019 08:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
   </si>
   <si>
     <t>p_3115042</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2636265</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
   </si>
   <si>
     <t>06/06/2016 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
   </si>
@@ -867,51 +852,51 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1063,981 +1048,955 @@
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>61</v>
       </c>
       <c r="H7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>64</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>65</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
         <v>68</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D10" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E10" t="s">
         <v>75</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>76</v>
       </c>
       <c r="H10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>78</v>
       </c>
       <c r="C11" t="s">
         <v>79</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
         <v>80</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>81</v>
       </c>
       <c r="H11" t="s">
         <v>82</v>
-      </c>
-[...24 lines deleted...]
-        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>88</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C3" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E3" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>97</v>
+      </c>
+      <c r="E4" t="s">
+        <v>98</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>99</v>
+      </c>
+      <c r="H4" t="s">
         <v>100</v>
-      </c>
-[...16 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>105</v>
+      </c>
+      <c r="H5" t="s">
         <v>106</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B6" t="s">
+        <v>107</v>
+      </c>
+      <c r="C6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H6" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>118</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" t="s">
+        <v>122</v>
+      </c>
+      <c r="E3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H3" t="s">
         <v>125</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E4" t="s">
+        <v>129</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>130</v>
+      </c>
+      <c r="H4" t="s">
         <v>131</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+      <c r="I2" t="s">
         <v>138</v>
-      </c>
-[...22 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I3" t="s">
         <v>138</v>
-      </c>
-[...22 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>144</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>145</v>
+      </c>
+      <c r="H4" t="s">
+        <v>146</v>
+      </c>
+      <c r="I4" t="s">
         <v>138</v>
-      </c>
-[...22 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>149</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>150</v>
+      </c>
+      <c r="H5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I5" t="s">
         <v>138</v>
-      </c>
-[...22 lines deleted...]
-        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>157</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>158</v>
-      </c>
-[...16 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D3" t="s">
+        <v>161</v>
+      </c>
+      <c r="E3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>163</v>
+      </c>
+      <c r="H3" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>170</v>
+      </c>
+      <c r="H2" t="s">
+        <v>171</v>
+      </c>
+      <c r="I2" t="s">
         <v>172</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>173</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" t="s">
+        <v>178</v>
+      </c>
+      <c r="I3" t="s">
         <v>172</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>179</v>
+      </c>
+      <c r="K3" t="s">
         <v>180</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>181</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>182</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>183</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>186</v>
+      </c>
+      <c r="H4" t="s">
+        <v>187</v>
+      </c>
+      <c r="I4" t="s">
+        <v>188</v>
+      </c>
+      <c r="J4" t="s">
+        <v>179</v>
+      </c>
+      <c r="K4" t="s">
         <v>189</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L4" t="s">
         <v>190</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>192</v>
+      </c>
+      <c r="H5" t="s">
+        <v>193</v>
+      </c>
+      <c r="I5" t="s">
+        <v>188</v>
+      </c>
+      <c r="J5" t="s">
+        <v>194</v>
+      </c>
+      <c r="K5" t="s">
+        <v>195</v>
+      </c>
+      <c r="L5" t="s">
         <v>196</v>
-      </c>
-[...28 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B6" t="s">
+        <v>197</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>198</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>199</v>
+      </c>
+      <c r="H6" t="s">
+        <v>200</v>
+      </c>
+      <c r="I6" t="s">
         <v>172</v>
       </c>
-      <c r="B6" t="s">
+      <c r="J6" t="s">
+        <v>201</v>
+      </c>
+      <c r="K6" t="s">
         <v>202</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L6" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B7" t="s">
+        <v>204</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>205</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>206</v>
+      </c>
+      <c r="H7" t="s">
+        <v>207</v>
+      </c>
+      <c r="I7" t="s">
+        <v>208</v>
+      </c>
+      <c r="J7" t="s">
         <v>209</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K7" t="s">
         <v>210</v>
-      </c>
-[...16 lines deleted...]
-        <v>215</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>