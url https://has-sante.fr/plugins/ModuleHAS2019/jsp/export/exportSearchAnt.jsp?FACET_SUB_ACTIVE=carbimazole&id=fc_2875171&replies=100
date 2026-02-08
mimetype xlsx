--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,302 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/05/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
-  </si>
-[...142 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_874835/fr/neo-mercazole-carbimazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -321,375 +168,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...336 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>