--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,267 +1,845 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 février 2025</t>
+  </si>
+  <si>
+    <t>19/02/2025 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591267/fr/commission-de-la-transparence-reunion-du-26-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591267</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 février 2024</t>
+  </si>
+  <si>
+    <t>07/02/2024 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493692/fr/commission-de-la-transparence-reunion-du-14-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3493692</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 janvier 2024</t>
+  </si>
+  <si>
+    <t>24/01/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490814/fr/commission-de-la-transparence-reunion-du-31-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3490814</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2019</t>
+  </si>
+  <si>
+    <t>13/02/2019 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904582/fr/commission-de-la-transparence-reunion-du-20-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904582</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857716/fr/commission-de-la-transparence-reunion-du-27-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857716</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CARBOXYMALTOSE FERRIQUE (carboxymaltose ferrique)</t>
+  </si>
+  <si>
+    <t>06/03/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594809/fr/carboxymaltose-ferrique-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>p_3594809</t>
+  </si>
+  <si>
+    <t>carboxymaltose ferrique</t>
+  </si>
+  <si>
+    <t>TEVA SANTE / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594717/fr/carboxymaltose-ferrique-teva-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594711/fr/carboxymaltose-ferrique-viatris-carboxymaltose-ferrique-carence-martiale</t>
   </si>
   <si>
     <t>FERINJECT (carboxymaltose ferrique)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982834/en/ferinject-carboxymaltose-ferrique</t>
+    <t>08/03/2024 08:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982834/fr/ferinject-carboxymaltose-ferrique</t>
   </si>
   <si>
     <t>pprd_2982834</t>
   </si>
   <si>
-    <t>carboxymaltose ferrique</t>
-[...1 lines deleted...]
-  <si>
     <t>VIFOR FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_968476/en/ferinject-carboxymaltose-ferrique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3499781/en/ferinject-ferric-carboxymaltose-iron-deficiency</t>
+    <t>https://www.has-sante.fr/jcms/c_968476/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749745/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024183/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909812/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499772/fr/ferinject-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499781/fr/ferinject-carboxymaltose-ferrique-carence-martiale</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J1" t="s">
+        <v>55</v>
+      </c>
+      <c r="K1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+      <c r="I2" t="s">
+        <v>62</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J3" t="s">
+        <v>70</v>
+      </c>
+      <c r="K3" t="s">
+        <v>71</v>
+      </c>
+      <c r="L3" t="s">
+        <v>72</v>
+      </c>
+      <c r="M3" t="s">
+        <v>73</v>
+      </c>
+      <c r="N3" t="s">
+        <v>74</v>
+      </c>
+      <c r="O3" t="s">
+        <v>75</v>
+      </c>
+      <c r="P3" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>