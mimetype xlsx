--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,243 +1,993 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OPTUNE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/07/2021 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275962/fr/optune</t>
+  </si>
+  <si>
+    <t>p_3275962</t>
+  </si>
+  <si>
+    <t>Générateur de champ électrique antimitotique</t>
+  </si>
+  <si>
+    <t>NOVOCURE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 août 2023</t>
+  </si>
+  <si>
+    <t>25/08/2023 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458179/fr/commission-de-la-transparence-reunion-du-30-aout-2023</t>
+  </si>
+  <si>
+    <t>p_3458179</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239235/fr/commission-de-la-transparence-reunion-a-distance-du-3-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3239235</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0002/AC/SEM du 13 janvier 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588709/fr/avis-n-2016-0002/ac/sem-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2588709</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CARMUSTINE ACCORDPHARMA (carmustine)</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460016/fr/carmustine-accordpharma-carmustine</t>
+  </si>
+  <si>
+    <t>p_3460016</t>
+  </si>
+  <si>
+    <t>carmustine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459844/fr/carmustine-accordpharma-carmustine-oncologie</t>
+  </si>
+  <si>
+    <t>CARMUSTINE ARROW (carmustine)</t>
+  </si>
+  <si>
+    <t>01/08/2023 14:08:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455776/fr/carmustine-arrow-carmustine</t>
+  </si>
+  <si>
+    <t>p_3455776</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455705/fr/carmustine-arrow-carmustine-maladies-hematologiques-malignes-lymphome-de-hodgkin/lymphome-non-hodgkinien</t>
   </si>
   <si>
     <t>CARMUSTINE OBVIUS (carmustine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118543/en/carmustine-obvius-carmustine</t>
+    <t>12/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118543/fr/carmustine-obvius-carmustine</t>
   </si>
   <si>
     <t>p_3118543</t>
   </si>
   <si>
-    <t>carmustine</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3118398/en/carmustine-obvius-carmustine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242568/en/carmustine-obvius-carmustine</t>
+    <t>https://www.has-sante.fr/jcms/p_3118398/fr/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242568/fr/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>GLIADEL (carmustine)</t>
+  </si>
+  <si>
+    <t>04/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985636/fr/gliadel-carmustine</t>
+  </si>
+  <si>
+    <t>pprd_2985636</t>
+  </si>
+  <si>
+    <t>LINK PHARMACEUTICALS EUROPE LTD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400785/fr/gliadel-carmustine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+      <c r="I2" t="s">
+        <v>16</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+      <c r="I2" t="s">
+        <v>65</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J3" t="s">
+        <v>72</v>
+      </c>
+      <c r="K3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I4" t="s">
+        <v>65</v>
+      </c>
+      <c r="J4" t="s">
+        <v>78</v>
+      </c>
+      <c r="K4" t="s">
+        <v>79</v>
+      </c>
+      <c r="L4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>83</v>
+      </c>
+      <c r="H5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I5" t="s">
+        <v>65</v>
+      </c>
+      <c r="J5" t="s">
+        <v>85</v>
+      </c>
+      <c r="K5" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>