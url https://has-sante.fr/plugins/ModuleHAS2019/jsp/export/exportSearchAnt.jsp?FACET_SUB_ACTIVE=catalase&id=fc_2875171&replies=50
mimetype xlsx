--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,170 +1,269 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/09/2017 09:57:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome d'Heimler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome d'Heimler. Il a été élaboré par le Centre de référence des Surdités Génétiques, le Centre de référence pour les Affections Rares en Génétique Ophtalmologique (CARGO), le Centre de référence des Maladies Rares Orales et Dentaires (O-RARES) et la Filière SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292323/fr/syndrome-d-heimler</t>
+  </si>
+  <si>
+    <t>p_3292323</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PULVO 47 NEOMYCINE (catalase/ néomycine)</t>
+  </si>
+  <si>
+    <t>30/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985722/fr/pulvo-47-neomycine-catalase/-neomycine</t>
+  </si>
+  <si>
+    <t>pprd_2985722</t>
+  </si>
+  <si>
+    <t>catalase,néomycine</t>
+  </si>
+  <si>
+    <t>URGO S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400543/fr/pulvo-47-poudre-pour-application-cutanee-flacon-pressurise-de-4-g-code-cip-308-857-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400544/fr/pulvo-47-neomycine-poudre-pour-application-cutanee-flacon-pressurise-de-4-g-code-cip-314-248-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -174,78 +273,323 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J2" t="s">
+        <v>49</v>
+      </c>
+      <c r="K2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>