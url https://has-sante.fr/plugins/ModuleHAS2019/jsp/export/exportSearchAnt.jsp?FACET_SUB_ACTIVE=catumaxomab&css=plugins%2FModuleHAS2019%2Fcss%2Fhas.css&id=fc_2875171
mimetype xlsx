--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,237 +1,374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="31">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 décembre 2009</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>16/12/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893706/fr/commission-de-la-transparence-reunion-du-16-decembre-2009</t>
+  </si>
+  <si>
+    <t>c_893706</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 septembre 2009</t>
+  </si>
+  <si>
+    <t>23/09/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847144/fr/commission-de-la-transparence-reunion-du-23-septembre-2009</t>
+  </si>
+  <si>
+    <t>c_847144</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>REMOVAB (catumaxomab)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985303/en/removab-catumaxomab</t>
+    <t>13/01/2011 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985303/fr/removab-catumaxomab</t>
   </si>
   <si>
     <t>pprd_2985303</t>
   </si>
   <si>
     <t>catumaxomab</t>
   </si>
   <si>
     <t>Laboratoire FRESENIUS BIOTECH GmbH/FRENCH BRANCH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_905041/en/removab</t>
+    <t>https://www.has-sante.fr/jcms/c_905041/fr/removab-catumaxomab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>20</v>
+      </c>
+      <c r="J1" t="s">
+        <v>21</v>
+      </c>
+      <c r="K1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>