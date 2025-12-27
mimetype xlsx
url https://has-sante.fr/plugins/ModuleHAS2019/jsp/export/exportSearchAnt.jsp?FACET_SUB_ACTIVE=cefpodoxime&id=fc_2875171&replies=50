--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -1,169 +1,304 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="64">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/15/2024 09:38:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ORELOX (cefpodoxime proxétil)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984259/fr/orelox-cefpodoxime-proxetil</t>
+  </si>
+  <si>
+    <t>pprd_2984259</t>
+  </si>
+  <si>
+    <t>cefpodoxime proxétil</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398920/fr/orelox-cefpodoxime-proxetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486280/fr/orelox-cefpodoxime-proxetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019636/fr/orelox-cefpodoxime-proxetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588386/fr/orelox-cefpodoxime-proxetil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -185,61 +320,336 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+      <c r="J1" t="s">
+        <v>51</v>
+      </c>
+      <c r="K1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+      <c r="I2" t="s">
+        <v>58</v>
+      </c>
+      <c r="J2" t="s">
+        <v>59</v>
+      </c>
+      <c r="K2" t="s">
+        <v>60</v>
+      </c>
+      <c r="L2" t="s">
+        <v>61</v>
+      </c>
+      <c r="M2" t="s">
+        <v>62</v>
+      </c>
+      <c r="N2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>