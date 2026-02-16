--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,517 +1,1353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="132">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>02/24/2014 17:47:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYNICEM - 22 décembre 2009 (2154) avis</t>
+  </si>
+  <si>
+    <t>Implant temporaire de hanche (espaceur) Chirurgie orthopédique - Nouveau dispositif Avis défavorable au remboursement dans le traitement de l’infection sur prothèse de hanche</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 13:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>https://www.has-sante.fr/jcms/c_951392/fr/synicem-22-decembre-2009-2154-avis</t>
+  </si>
+  <si>
+    <t>c_951392</t>
+  </si>
+  <si>
+    <t>SYNIMED France</t>
+  </si>
+  <si>
+    <t>SYNICEM - CNEDiMTS du 12 janvier 2010 (2154)</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2010 18:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_917934/fr/synicem-cnedimts-du-12-janvier-2010-2154</t>
+  </si>
+  <si>
+    <t>c_917934</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983807/en/zavicefta-avibactam/-ceftazidime</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 18 juillet 2024</t>
+  </si>
+  <si>
+    <t>18/07/2024 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531460/fr/pv-college-deliberatif-du-18-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3531460</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145065</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0203/DC/SEM du 18 juillet 2024 du collège de la Haute Autorité de santé portant renouvellement de l'autorisation d’accès précoce de la spécialité EMBLAVEO (aztréonam/avibactam)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité EMBLAVEO (odévixibat) dans l’indication « Infections intra-abdominales compliquées, pneumonies nosocomiales/ pneumonies acquises sous ventilation mécanique, infections des voies urinaires compliquées dont les pyélonéphrites et infection due à une bactérie aérobie à Gram négatif chez un patient adulte pour qui les options thérapeutiques sont limitées, uniquement en dernier recours, pour le traitement des patients atteints d’infections à entérobactéries avec un mécanisme de résistance de type métallo-β-lactamases [NDM, VIM, IMP]) ou à Stenotrophomonas maltophilia, sensibles à l’association aztréonam/avibactam, et pour lesquels le recours aux autres antibiotiques disponibles n’est pas approprié en cas de résistance ».</t>
+  </si>
+  <si>
+    <t>18/07/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534510/fr/decision-n2024-0203/dc/sem-du-18-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-emblaveo-aztreonam/avibactam</t>
+  </si>
+  <si>
+    <t>p_3534510</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZAVICEFTA (avibactam/ceftazidime)</t>
+  </si>
+  <si>
+    <t>05/08/2021 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983807/fr/zavicefta-avibactam/ceftazidime</t>
   </si>
   <si>
     <t>pprd_2983807</t>
   </si>
   <si>
     <t>avibactam,ceftazidime</t>
   </si>
   <si>
     <t>PFIZER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281013/en/zavicefta-ceftazidime/avibactam-sodique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2730818/en/zavicefta-ceftazidime/avibactam-cephalosporin-and-lactamase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/p_3281013/fr/zavicefta-ceftazidime/avibactam-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152692/fr/zavicefta-avibactam/-ceftazidime</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730818/fr/zavicefta-ceftazidime/avibactam-sodique</t>
+  </si>
+  <si>
+    <t>FORTUM - FORTUMSET (ceftazidime)</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983703/fr/fortum-fortumset-ceftazidime</t>
+  </si>
+  <si>
+    <t>pprd_2983703</t>
+  </si>
+  <si>
+    <t>ceftazidime</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400920/fr/fortum-1-g-2-g-enfants-nourrissons-fortumset-1-g-2-g-ceftazidime</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332050/fr/fortum-fortumset-ceftazidime</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748745/fr/fortum-fortumset-ceftazidime</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
-[...36 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>28</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>29</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
         <v>38</v>
       </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>76</v>
+      </c>
+      <c r="H9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H2" t="s">
+        <v>90</v>
       </c>
       <c r="I2" t="s">
-        <v>43</v>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H3" t="s">
+        <v>95</v>
+      </c>
+      <c r="I3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+      <c r="I4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>102</v>
+      </c>
+      <c r="H5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>111</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+      <c r="I2" t="s">
+        <v>118</v>
       </c>
       <c r="J2" t="s">
-        <v>44</v>
+        <v>119</v>
       </c>
       <c r="K2" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="L2" t="s">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="M2" t="s">
-        <v>47</v>
+        <v>122</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>125</v>
+      </c>
+      <c r="H3" t="s">
+        <v>126</v>
+      </c>
+      <c r="I3" t="s">
+        <v>127</v>
+      </c>
+      <c r="J3" t="s">
+        <v>128</v>
+      </c>
+      <c r="K3" t="s">
+        <v>129</v>
+      </c>
+      <c r="L3" t="s">
+        <v>130</v>
+      </c>
+      <c r="M3" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>