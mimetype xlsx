--- v0 (2025-12-27)
+++ v1 (2026-02-15)
@@ -1,1353 +1,517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="48">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>10/05/2010 13:52:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_951392/fr/synicem-22-decembre-2009-2154-avis</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983807/fr/zavicefta-avibactam/ceftazidime</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ZAVICEFTA (avibactam/ ceftazidime)</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983807/en/zavicefta-avibactam/-ceftazidime</t>
   </si>
   <si>
     <t>pprd_2983807</t>
   </si>
   <si>
     <t>avibactam,ceftazidime</t>
   </si>
   <si>
     <t>PFIZER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281013/fr/zavicefta-ceftazidime/avibactam-sodique</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748745/fr/fortum-fortumset-ceftazidime</t>
+    <t>https://www.has-sante.fr/jcms/p_3281013/en/zavicefta-ceftazidime/avibactam-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152692/en/zavicefta-avibactam/-ceftazidime</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730818/en/zavicefta-ceftazidime/avibactam-cephalosporin-and-lactamase-inhibitor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="I3" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K1" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
-[...24 lines deleted...]
-      <c r="H3" t="s">
         <v>42</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="I2" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
+      <c r="J2" t="s">
         <v>44</v>
       </c>
-      <c r="D4" t="s">
+      <c r="K2" t="s">
         <v>45</v>
       </c>
-      <c r="E4" t="s">
+      <c r="L2" t="s">
         <v>46</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="M2" t="s">
         <v>47</v>
-      </c>
-[...553 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>