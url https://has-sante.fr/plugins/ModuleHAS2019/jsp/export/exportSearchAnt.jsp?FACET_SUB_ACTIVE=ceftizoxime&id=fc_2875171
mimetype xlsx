--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,209 +9,92 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>09/01/2025 08:43:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -221,309 +104,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...209 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>