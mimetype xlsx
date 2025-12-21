--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -9,92 +9,209 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>09/01/2001 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -104,101 +221,309 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>